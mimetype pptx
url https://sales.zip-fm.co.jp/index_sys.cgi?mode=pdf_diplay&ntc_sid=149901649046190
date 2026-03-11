--- v2 (2026-01-25)
+++ v3 (2026-03-11)
@@ -1,1472 +1,1028 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
-  <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/ppt/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/ppt/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/charts/chart7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/charts/chart8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/ppt/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" firstSlideNum="0" showSpecialPlsOnTitleSld="0" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" firstSlideNum="0" showSpecialPlsOnTitleSld="0" strictFirstAndLastChars="0" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId10"/>
   </p:notesMasterIdLst>
-  <p:handoutMasterIdLst>
-[...1 lines deleted...]
-  </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="461" r:id="rId2"/>
-[...6 lines deleted...]
-    <p:sldId id="485" r:id="rId9"/>
+    <p:sldId id="256" r:id="rId2"/>
+    <p:sldId id="257" r:id="rId3"/>
+    <p:sldId id="258" r:id="rId4"/>
+    <p:sldId id="259" r:id="rId5"/>
+    <p:sldId id="260" r:id="rId6"/>
+    <p:sldId id="261" r:id="rId7"/>
+    <p:sldId id="262" r:id="rId8"/>
+    <p:sldId id="263" r:id="rId9"/>
   </p:sldIdLst>
   <p:sldSz cx="9906000" cy="6858000" type="A4"/>
   <p:notesSz cx="9866313" cy="6735763"/>
   <p:defaultTextStyle>
-    <a:defPPr>
-[...2 lines deleted...]
-    <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+    <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
       <a:spcBef>
-        <a:spcPct val="0"/>
+        <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
-        <a:spcPct val="0"/>
+        <a:spcPts val="0"/>
       </a:spcAft>
-      <a:defRPr kumimoji="1" kern="1200">
+    </a:defPPr>
+    <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="457200" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+    <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
       <a:spcBef>
-        <a:spcPct val="0"/>
+        <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
-        <a:spcPct val="0"/>
+        <a:spcPts val="0"/>
       </a:spcAft>
-      <a:defRPr kumimoji="1" kern="1200">
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="914400" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+    <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
       <a:spcBef>
-        <a:spcPct val="0"/>
+        <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
-        <a:spcPct val="0"/>
+        <a:spcPts val="0"/>
       </a:spcAft>
-      <a:defRPr kumimoji="1" kern="1200">
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="1371600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+    <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
       <a:spcBef>
-        <a:spcPct val="0"/>
+        <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
-        <a:spcPct val="0"/>
+        <a:spcPts val="0"/>
       </a:spcAft>
-      <a:defRPr kumimoji="1" kern="1200">
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="1828800" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+    <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
       <a:spcBef>
-        <a:spcPct val="0"/>
+        <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
-        <a:spcPct val="0"/>
+        <a:spcPts val="0"/>
       </a:spcAft>
-      <a:defRPr kumimoji="1" kern="1200">
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr kumimoji="1" kern="1200">
+    <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr kumimoji="1" kern="1200">
+    <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr kumimoji="1" kern="1200">
+    <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr kumimoji="1" kern="1200">
+    <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
-    <p:ext uri="{521415D9-36F7-43E2-AB2F-B90AF26B5E84}">
-[...14 lines deleted...]
-    </p:ext>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" orient="horz" pos="4319">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="3" pos="3120">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
     <p:ext uri="{2D200454-40CA-4A62-9FC3-DE9A4176ACB9}">
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-        <p15:guide id="1" orient="horz" pos="2121" userDrawn="1">
+        <p15:guide id="1" orient="horz" pos="2121">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="2" pos="3107" userDrawn="1">
+        <p15:guide id="2" pos="3107">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:notesGuideLst>
+    </p:ext>
+    <p:ext uri="GoogleSlidesCustomDataVersion2">
+      <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" r:id="rId15" roundtripDataSignature="AMtx7mi4m4uToRxqCT5d6rQUrrlIjG0e5w=="/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:showPr showNarration="1">
-[...27 lines deleted...]
-  </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
-  <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="中間スタイル 2 - アクセント 1">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{807ABC24-FB89-4437-831F-C1E6BD89ECC6}">
+  <a:tblStyle styleId="{807ABC24-FB89-4437-831F-C1E6BD89ECC6}" styleName="Table_0">
     <a:wholeTbl>
-      <a:tcTxStyle>
-[...2 lines deleted...]
-        </a:fontRef>
+      <a:tcTxStyle b="off" i="off">
+        <a:font>
+          <a:latin typeface="HGPｺﾞｼｯｸE"/>
+          <a:ea typeface="HGPｺﾞｼｯｸE"/>
+          <a:cs typeface="HGPｺﾞｼｯｸE"/>
+        </a:font>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
-            <a:ln w="12700" cmpd="sng">
+            <a:ln w="12700" cap="flat" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:left>
           <a:right>
-            <a:ln w="12700" cmpd="sng">
+            <a:ln w="12700" cap="flat" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:right>
           <a:top>
-            <a:ln w="12700" cmpd="sng">
+            <a:ln w="12700" cap="flat" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:top>
           <a:bottom>
-            <a:ln w="12700" cmpd="sng">
+            <a:ln w="12700" cap="flat" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:bottom>
           <a:insideH>
-            <a:ln w="12700" cmpd="sng">
+            <a:ln w="12700" cap="flat" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:insideH>
           <a:insideV>
-            <a:ln w="12700" cmpd="sng">
+            <a:ln w="12700" cap="flat" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:insideV>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
-            <a:schemeClr val="accent1">
-[...1 lines deleted...]
-            </a:schemeClr>
+            <a:srgbClr val="FBEAE7"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:wholeTbl>
     <a:band1H>
+      <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
         <a:fill>
           <a:solidFill>
-            <a:schemeClr val="accent1">
-[...1 lines deleted...]
-            </a:schemeClr>
+            <a:srgbClr val="F7D2CC"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:band1H>
     <a:band2H>
+      <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:band2H>
     <a:band1V>
+      <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
         <a:fill>
           <a:solidFill>
-            <a:schemeClr val="accent1">
-[...1 lines deleted...]
-            </a:schemeClr>
+            <a:srgbClr val="F7D2CC"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:band1V>
     <a:band2V>
+      <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:band2V>
     <a:lastCol>
-      <a:tcTxStyle b="on">
-[...2 lines deleted...]
-        </a:fontRef>
+      <a:tcTxStyle b="on" i="off">
+        <a:font>
+          <a:latin typeface="HGPｺﾞｼｯｸE"/>
+          <a:ea typeface="HGPｺﾞｼｯｸE"/>
+          <a:cs typeface="HGPｺﾞｼｯｸE"/>
+        </a:font>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr/>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:lastCol>
     <a:firstCol>
-      <a:tcTxStyle b="on">
-[...2 lines deleted...]
-        </a:fontRef>
+      <a:tcTxStyle b="on" i="off">
+        <a:font>
+          <a:latin typeface="HGPｺﾞｼｯｸE"/>
+          <a:ea typeface="HGPｺﾞｼｯｸE"/>
+          <a:cs typeface="HGPｺﾞｼｯｸE"/>
+        </a:font>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr/>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstCol>
     <a:lastRow>
-      <a:tcTxStyle b="on">
-[...2 lines deleted...]
-        </a:fontRef>
+      <a:tcTxStyle b="on" i="off">
+        <a:font>
+          <a:latin typeface="HGPｺﾞｼｯｸE"/>
+          <a:ea typeface="HGPｺﾞｼｯｸE"/>
+          <a:cs typeface="HGPｺﾞｼｯｸE"/>
+        </a:font>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:top>
-            <a:ln w="38100" cmpd="sng">
+            <a:ln w="38100" cap="flat" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:top>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:lastRow>
+    <a:seCell>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:seCell>
+    <a:swCell>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:swCell>
     <a:firstRow>
-      <a:tcTxStyle b="on">
-[...2 lines deleted...]
-        </a:fontRef>
+      <a:tcTxStyle b="on" i="off">
+        <a:font>
+          <a:latin typeface="HGPｺﾞｼｯｸE"/>
+          <a:ea typeface="HGPｺﾞｼｯｸE"/>
+          <a:cs typeface="HGPｺﾞｼｯｸE"/>
+        </a:font>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
-            <a:ln w="38100" cmpd="sng">
+            <a:ln w="38100" cap="flat" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
+    <a:neCell>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:neCell>
+    <a:nwCell>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:nwCell>
   </a:tblStyle>
-  <a:tblStyle styleId="{2D5ABB26-0587-4C30-8999-92F81FD0307C}" styleName="スタイルなし、表のグリッド線なし">
+  <a:tblStyle styleId="{2D266BB6-9CC4-450B-B4D2-D4B62277B3E4}" styleName="Table_1">
     <a:wholeTbl>
       <a:tcTxStyle>
-        <a:fontRef idx="minor">
-[...2 lines deleted...]
-        <a:schemeClr val="tx1"/>
+        <a:font>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+        </a:font>
+        <a:srgbClr val="000000"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band2H>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2H>
+    <a:band1V>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band1V>
+    <a:band2V>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2V>
+    <a:lastCol>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:seCell>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:seCell>
+    <a:swCell>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:swCell>
+    <a:firstRow>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:firstRow>
+    <a:neCell>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:neCell>
+    <a:nwCell>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:nwCell>
+  </a:tblStyle>
+  <a:tblStyle styleId="{F909E499-F35F-4C8D-A507-9A5E956A3019}" styleName="Table_2">
+    <a:wholeTbl>
+      <a:tcTxStyle b="off" i="off">
+        <a:font>
+          <a:latin typeface="HGPｺﾞｼｯｸE"/>
+          <a:ea typeface="HGPｺﾞｼｯｸE"/>
+          <a:cs typeface="HGPｺﾞｼｯｸE"/>
+        </a:font>
+        <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
-            <a:ln>
-              <a:noFill/>
+            <a:ln w="12700" cap="flat" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:left>
           <a:right>
-            <a:ln>
-              <a:noFill/>
+            <a:ln w="12700" cap="flat" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:right>
           <a:top>
-            <a:ln>
-              <a:noFill/>
+            <a:ln w="12700" cap="flat" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:top>
           <a:bottom>
-            <a:ln>
-              <a:noFill/>
+            <a:ln w="12700" cap="flat" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:bottom>
           <a:insideH>
-            <a:ln>
-              <a:noFill/>
+            <a:ln w="12700" cap="flat" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:insideH>
           <a:insideV>
-            <a:ln>
-              <a:noFill/>
+            <a:ln w="12700" cap="flat" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:insideV>
         </a:tcBdr>
         <a:fill>
-          <a:noFill/>
-[...58 lines deleted...]
-          <a:noFill/>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF">
+              <a:alpha val="0"/>
+            </a:srgbClr>
+          </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:wholeTbl>
     <a:band1H>
+      <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent2">
               <a:alpha val="20000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:band1H>
+    <a:band2H>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2H>
     <a:band1V>
+      <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent2">
               <a:alpha val="20000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:band1V>
+    <a:band2V>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2V>
     <a:lastCol>
-      <a:tcTxStyle b="on"/>
+      <a:tcTxStyle b="on" i="off"/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:lastCol>
     <a:firstCol>
-      <a:tcTxStyle b="on"/>
+      <a:tcTxStyle b="on" i="off"/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:firstCol>
     <a:lastRow>
-      <a:tcTxStyle b="on"/>
+      <a:tcTxStyle b="on" i="off"/>
       <a:tcStyle>
         <a:tcBdr>
           <a:top>
-            <a:ln w="50800" cmpd="dbl">
+            <a:ln w="50800" cap="flat" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
-            </a:ln>
-[...295 lines deleted...]
-              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:top>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
-            <a:schemeClr val="accent5"/>
+            <a:srgbClr val="FFFFFF">
+              <a:alpha val="0"/>
+            </a:srgbClr>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:lastRow>
+    <a:seCell>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:seCell>
+    <a:swCell>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:swCell>
     <a:firstRow>
-      <a:tcTxStyle b="on">
-[...4 lines deleted...]
-      </a:tcTxStyle>
+      <a:tcTxStyle b="on" i="off"/>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
-            <a:ln w="38100" cmpd="sng">
+            <a:ln w="25400" cap="flat" cmpd="sng">
               <a:solidFill>
-                <a:schemeClr val="lt1"/>
+                <a:schemeClr val="accent2"/>
               </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
-            <a:schemeClr val="accent5"/>
+            <a:srgbClr val="FFFFFF">
+              <a:alpha val="0"/>
+            </a:srgbClr>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
-  </a:tblStyle>
-[...66 lines deleted...]
-    <a:band2H>
+    <a:neCell>
+      <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
-    </a:band2H>
-[...23 lines deleted...]
-    <a:band2V>
+    </a:neCell>
+    <a:nwCell>
+      <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
-    </a:band2V>
-[...286 lines deleted...]
-    </a:firstRow>
+    </a:nwCell>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:normalViewPr horzBarState="maximized">
-[...1 lines deleted...]
-    <p:restoredTop sz="94280" autoAdjust="0"/>
+  <p:normalViewPr>
+    <p:restoredLeft sz="15620"/>
+    <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
-    <p:cSldViewPr>
+    <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="70" d="100"/>
-          <a:sy n="70" d="100"/>
+          <a:sx n="104" d="100"/>
+          <a:sy n="104" d="100"/>
         </p:scale>
-        <p:origin x="60" y="378"/>
+        <p:origin x="1578" y="114"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide orient="horz" pos="4319"/>
         <p:guide pos="3120"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
-        <a:sx n="75" d="100"/>
-        <a:sy n="75" d="100"/>
+        <a:sx n="1" d="1"/>
+        <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:sorterViewPr>
-[...7 lines deleted...]
-  </p:sorterViewPr>
   <p:notesViewPr>
-    <p:cSldViewPr>
+    <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="91" d="100"/>
-          <a:sy n="91" d="100"/>
+          <a:sx n="100" d="100"/>
+          <a:sy n="100" d="100"/>
         </p:scale>
-        <p:origin x="1738" y="62"/>
+        <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2121"/>
         <p:guide pos="3107"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet3.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\m.sugawara\Desktop\&#26178;&#38291;&#21306;&#20998;&#38598;&#35336;&#65308;&#29305;&#24615;&#215;&#26178;&#38291;&#21306;&#20998;&#65310;_20251112_105719.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\m.sugawara\Desktop\&#26178;&#38291;&#21306;&#20998;&#38598;&#35336;&#65308;&#29305;&#24615;&#215;&#26178;&#38291;&#21306;&#20998;&#65310;_20251112_105719.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
+</file>
+
+<file path=ppt/charts/_rels/chart7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\s.ota\Downloads\&#20870;&#12464;&#12521;&#12501;_&#12464;&#12521;&#12501;&#12288;&#12494;&#12452;&#12456;&#12512;.xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=ppt/charts/_rels/chart8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\s.ota\Downloads\&#20870;&#12464;&#12521;&#12501;_&#12464;&#12521;&#12501;&#12288;&#12494;&#12452;&#12456;&#12512;.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="ja-JP"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="9.5515445184736508E-2"/>
           <c:y val="5.8968133425296165E-2"/>
@@ -1603,69 +1159,69 @@
                 <c:pt idx="4">
                   <c:v>21:00</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>21:15</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>21:30</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>21:45</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$B$9</c:f>
               <c:numCache>
                 <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
                 <c:ptCount val="8"/>
                 <c:pt idx="0">
                   <c:v>0.5</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0.4</c:v>
+                  <c:v>0.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.3</c:v>
                 </c:pt>
                 <c:pt idx="3">
+                  <c:v>0.4</c:v>
+                </c:pt>
+                <c:pt idx="4">
                   <c:v>0.3</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>0.2</c:v>
-                </c:pt>
-[...1 lines deleted...]
-                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0.2</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>0.1</c:v>
+                  <c:v>0.3</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-51D1-4FB7-8F66-33C1D4F32126}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>FM AICHI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -1697,72 +1253,72 @@
                 <c:pt idx="3">
                   <c:v>20:45</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>21:00</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>21:15</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>21:30</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>21:45</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$C$2:$C$9</c:f>
               <c:numCache>
                 <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
                 <c:ptCount val="8"/>
                 <c:pt idx="0">
-                  <c:v>0.2</c:v>
+                  <c:v>0.3</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0.1</c:v>
+                  <c:v>0.3</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.2</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0.2</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>0.1</c:v>
+                  <c:v>0.2</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0.2</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>0.1</c:v>
+                  <c:v>0.2</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>0.1</c:v>
+                  <c:v>0.2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-51D1-4FB7-8F66-33C1D4F32126}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>ＣＢＣラジオ</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -1794,72 +1350,72 @@
                 <c:pt idx="3">
                   <c:v>20:45</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>21:00</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>21:15</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>21:30</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>21:45</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$D$2:$D$9</c:f>
               <c:numCache>
                 <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
                 <c:ptCount val="8"/>
                 <c:pt idx="0">
-                  <c:v>0.5</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0.4</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0.4</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>0.4</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>0.4</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>0.3</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>0.2</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>0.2</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000006-51D1-4FB7-8F66-33C1D4F32126}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$E$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>東海ラジオ</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -1891,66 +1447,66 @@
                 <c:pt idx="3">
                   <c:v>20:45</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>21:00</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>21:15</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>21:30</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>21:45</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$E$2:$E$9</c:f>
               <c:numCache>
                 <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
                 <c:ptCount val="8"/>
                 <c:pt idx="0">
-                  <c:v>0.3</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0.3</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0.3</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>0.3</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>0.3</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>0.2</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0.1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000008-51D1-4FB7-8F66-33C1D4F32126}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
@@ -2122,51 +1678,51 @@
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.24646784855280246"/>
           <c:y val="7.2998046023640666E-3"/>
           <c:w val="0.79485593977444735"/>
           <c:h val="0.89026063100137176"/>
         </c:manualLayout>
       </c:layout>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$A$2</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>07:00-24:00</c:v>
+                  <c:v>20:00-22:00</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="12700">
               <a:noFill/>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:explosion val="2"/>
           <c:dPt>
             <c:idx val="0"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FF5050"/>
               </a:solidFill>
               <a:ln w="12700">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
@@ -2268,96 +1824,96 @@
           </c:dPt>
           <c:dPt>
             <c:idx val="7"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln w="12700">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{0000000F-623E-44E9-8BCE-AA5A154A3BF3}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:cat>
             <c:strRef>
               <c:f>Sheet1!$B$1:$H$1</c:f>
               <c:strCache>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
                   <c:v>ZIP-FM</c:v>
                 </c:pt>
                 <c:pt idx="1">
+                  <c:v>CBCラジオ</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>東海ラジオ</c:v>
+                </c:pt>
+                <c:pt idx="3">
                   <c:v>FM AICHI</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>NHK-FM</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>東海ラジオ</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>NHK第1</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>その他の局</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$H$2</c:f>
               <c:numCache>
                 <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
-                  <c:v>20.7</c:v>
+                  <c:v>34.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>27.5</c:v>
+                  <c:v>9.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>20.7</c:v>
+                  <c:v>7.4</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>11.6</c:v>
+                  <c:v>22.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>4.8</c:v>
+                  <c:v>6.3</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>0.5</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>12</c:v>
+                  <c:v>19.299999999999997</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000010-623E-44E9-8BCE-AA5A154A3BF3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="0"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25352">
           <a:noFill/>
@@ -2413,51 +1969,51 @@
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.29050439929521632"/>
           <c:y val="0.16913160586750256"/>
           <c:w val="0.66438356164383561"/>
           <c:h val="0.70545454545454545"/>
         </c:manualLayout>
       </c:layout>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$A$2</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>07:00-24:00</c:v>
+                  <c:v>20:00-22:00</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="FF99FF"/>
             </a:solidFill>
             <a:ln w="12670">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:explosion val="2"/>
           <c:dPt>
             <c:idx val="0"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25341">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
@@ -2608,52 +2164,52 @@
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000008-4EEF-4BC3-B66B-EBB48BC8E363}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="0"/>
               <c:delete val="1"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000001-4EEF-4BC3-B66B-EBB48BC8E363}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="-2.0893008999990835E-7"/>
-                  <c:y val="9.5281284155746271E-2"/>
+                  <c:x val="-1.0613857497142979E-2"/>
+                  <c:y val="-6.7718332907364311E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                         <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                         <a:cs typeface="MS UI Gothic"/>
                       </a:defRPr>
                     </a:pPr>
                     <a:fld id="{068A2764-4CD6-40D0-AC93-FAC569AD73A4}" type="CATEGORYNAME">
                       <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0"/>
                       <a:pPr>
                         <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
@@ -2700,52 +2256,52 @@
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:separator>
 </c:separator>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:layout>
                     <c:manualLayout>
                       <c:w val="0.27357257196014623"/>
                       <c:h val="0.18981709963703569"/>
                     </c:manualLayout>
                   </c15:layout>
                   <c15:dlblFieldTable/>
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000002-4EEF-4BC3-B66B-EBB48BC8E363}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="-2.2285869125159421E-2"/>
-                  <c:y val="-2.8593371942010352E-7"/>
+                  <c:x val="-0.35661587576181136"/>
+                  <c:y val="-3.3234386162632266E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:lnSpc>
                         <a:spcPct val="80000"/>
                       </a:lnSpc>
                       <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                         <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                         <a:cs typeface="MS UI Gothic"/>
                       </a:defRPr>
                     </a:pPr>
                     <a:fld id="{D7850F07-FDF4-4EEB-BAD8-068B096D7C86}" type="CATEGORYNAME">
                       <a:rPr lang="ja-JP" altLang="en-US" sz="900">
                         <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                         <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                       </a:rPr>
@@ -2813,52 +2369,52 @@
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:separator>
 </c:separator>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:layout>
                     <c:manualLayout>
                       <c:w val="0.28709113794717694"/>
                       <c:h val="0.1536022183036079"/>
                     </c:manualLayout>
                   </c15:layout>
                   <c15:dlblFieldTable/>
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000003-4EEF-4BC3-B66B-EBB48BC8E363}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="3"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="-1.4432034513346558E-2"/>
-                  <c:y val="-2.6595267110702606E-2"/>
+                  <c:x val="-9.2680134300261785E-2"/>
+                  <c:y val="-0.12629829998700282"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:lnSpc>
                         <a:spcPct val="80000"/>
                       </a:lnSpc>
                       <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                         <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                         <a:cs typeface="MS UI Gothic"/>
                       </a:defRPr>
                     </a:pPr>
                     <a:fld id="{3F5921A3-AC7D-4A8B-BE36-54A35BFDB56F}" type="CATEGORYNAME">
                       <a:rPr lang="en-US" altLang="ja-JP" sz="900">
                         <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                         <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                       </a:rPr>
@@ -3327,69 +2883,69 @@
                 <c:pt idx="2">
                   <c:v>東海ラジオ</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>FM AICHI</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>NHK-FM</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>NHK第1</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>その他の局</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$H$2</c:f>
               <c:numCache>
                 <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
-                  <c:v>20.7</c:v>
+                  <c:v>34.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>27.5</c:v>
+                  <c:v>9.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>20.7</c:v>
+                  <c:v>7.4</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>11.6</c:v>
+                  <c:v>22.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>4.8</c:v>
+                  <c:v>6.3</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>0.5</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>12</c:v>
+                  <c:v>19.299999999999997</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000009-4EEF-4BC3-B66B-EBB48BC8E363}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="0"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25341">
           <a:noFill/>
@@ -3427,416 +2983,58 @@
     <c:autoUpdate val="0"/>
   </c:externalData>
   <c:userShapes r:id="rId2"/>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="ja-JP"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:varyColors val="1"/>
-        <c:ser>
-[...356 lines deleted...]
-        </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
-          <c:showLeaderLines val="1"/>
+          <c:showLeaderLines val="0"/>
         </c:dLbls>
         <c:firstSliceAng val="0"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
@@ -3850,169 +3048,668 @@
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart6.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="ja-JP"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:varyColors val="1"/>
-        <c:ser>
-[...76 lines deleted...]
-        </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
-          <c:showLeaderLines val="1"/>
+          <c:showLeaderLines val="0"/>
         </c:dLbls>
         <c:firstSliceAng val="0"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="ja-JP"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=ppt/charts/chart7.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="ja-JP"/>
+  <c:roundedCorners val="1"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:spPr>
+            <a:ln>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
+          <c:dPt>
+            <c:idx val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="0070C0"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-0E9D-4FAA-A0F5-8B624B2AA7BE}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="1"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-0E9D-4FAA-A0F5-8B624B2AA7BE}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dLbls>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="1400" b="1">
+                    <a:solidFill>
+                      <a:srgbClr val="FFFFFF"/>
+                    </a:solidFill>
+                    <a:latin typeface="HGPｺﾞｼｯｸE"/>
+                    <a:ea typeface="HGPｺﾞｼｯｸE"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:endParaRPr lang="ja-JP"/>
+              </a:p>
+            </c:txPr>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="0"/>
+            <c:showCatName val="1"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="1"/>
+            <c:showBubbleSize val="1"/>
+            <c:showLeaderLines val="1"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+            </c:extLst>
+          </c:dLbls>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$N$1:$O$1</c:f>
+              <c:strCache>
+                <c:ptCount val="2"/>
+                <c:pt idx="0">
+                  <c:v>男性</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>女性</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$N$2:$O$2</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="2"/>
+                <c:pt idx="0">
+                  <c:v>70.900000000000006</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>29</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000004-0E9D-4FAA-A0F5-8B624B2AA7BE}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="1"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="1"/>
+          <c:showBubbleSize val="1"/>
+          <c:showLeaderLines val="1"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="1"/>
+  </c:chart>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=ppt/charts/chart8.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="ja-JP"/>
+  <c:roundedCorners val="1"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:spPr>
+            <a:ln>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
+          <c:dPt>
+            <c:idx val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="99CCFF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-E16F-4E1A-BB5A-051CF4AE3B6C}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="1"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="33CCFF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-E16F-4E1A-BB5A-051CF4AE3B6C}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="2"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="0099FF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000005-E16F-4E1A-BB5A-051CF4AE3B6C}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="3"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="3366FF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000007-E16F-4E1A-BB5A-051CF4AE3B6C}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="4"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="0033CC"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000009-E16F-4E1A-BB5A-051CF4AE3B6C}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="5"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="333399"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{0000000B-E16F-4E1A-BB5A-051CF4AE3B6C}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="6"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FFCCFF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{0000000D-E16F-4E1A-BB5A-051CF4AE3B6C}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="7"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FF99FF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{0000000F-E16F-4E1A-BB5A-051CF4AE3B6C}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="8"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FF66FF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000011-E16F-4E1A-BB5A-051CF4AE3B6C}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="9"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FF00FF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000013-E16F-4E1A-BB5A-051CF4AE3B6C}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="10"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="CC00CC"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000015-E16F-4E1A-BB5A-051CF4AE3B6C}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="11"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="660066"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000017-E16F-4E1A-BB5A-051CF4AE3B6C}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dLbls>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="900">
+                    <a:latin typeface="HGPｺﾞｼｯｸE 本文"/>
+                    <a:ea typeface="HGPｺﾞｼｯｸE 本文"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:endParaRPr lang="ja-JP"/>
+              </a:p>
+            </c:txPr>
+            <c:dLblPos val="bestFit"/>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="0"/>
+            <c:showCatName val="1"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="1"/>
+            <c:showBubbleSize val="1"/>
+            <c:showLeaderLines val="1"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+            </c:extLst>
+          </c:dLbls>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$B$1:$M$1</c:f>
+              <c:strCache>
+                <c:ptCount val="12"/>
+                <c:pt idx="0">
+                  <c:v>男性 12～19才</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>男性 20～29才</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>男性 30～39才</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>男性 40～49才</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>男性 50～59才</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>男性 60～69才</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>女性 12～19才</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>女性 20～29才</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>女性 30～39才</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>女性 40～49才</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>女性 50～59才</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>女性 60～69才</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$B$2:$M$2</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="12"/>
+                <c:pt idx="0">
+                  <c:v>1.9</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>3.4</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>11.6</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>20.2</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>24.1</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>9.6999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>1.7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10.8</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>3</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000018-E16F-4E1A-BB5A-051CF4AE3B6C}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:dLblPos val="bestFit"/>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="1"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="1"/>
+          <c:showBubbleSize val="1"/>
+          <c:showLeaderLines val="1"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="1"/>
+  </c:chart>
+  <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
   <a:schemeClr val="accent1"/>
   <a:schemeClr val="accent2"/>
   <a:schemeClr val="accent3"/>
   <a:schemeClr val="accent4"/>
   <a:schemeClr val="accent5"/>
   <a:schemeClr val="accent6"/>
   <cs:variation/>
   <cs:variation>
     <a:lumMod val="60000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
     <a:lumOff val="20000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
   </cs:variation>
   <cs:variation>
@@ -5281,2412 +4978,2554 @@
           </a:lvl9pPr>
         </a:lstStyle>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr>
             <a:lnSpc>
               <a:spcPct val="80000"/>
             </a:lnSpc>
           </a:pPr>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>ラジオ全局シェア</a:t>
           </a:r>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
+<file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
-<file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
-          <a:schemeClr val="bg1"/>
+          <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="122882" name="Rectangle 2"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          <p:cNvPr id="3" name="Google Shape;3;n"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="hdr" sz="quarter"/>
+            <p:ph type="hdr" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="7" y="1"/>
             <a:ext cx="4276725" cy="336550"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="9525">
+          <a:ln>
             <a:noFill/>
-            <a:miter lim="800000"/>
-[...1 lines deleted...]
-            <a:tailEnd/>
           </a:ln>
-          <a:effectLst/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="90409" tIns="45203" rIns="90409" bIns="45203" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
-[...2 lines deleted...]
-            </a:prstTxWarp>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr defTabSz="904008" eaLnBrk="1" hangingPunct="1">
-[...1 lines deleted...]
-                <a:latin typeface="Arial" charset="0"/>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US" altLang="ja-JP"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="122883" name="Rectangle 3"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          <p:cNvPr id="4" name="Google Shape;4;n"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" sz="quarter" idx="1"/>
+            <p:ph type="dt" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="5588007" y="1"/>
             <a:ext cx="4276725" cy="336550"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="9525">
+          <a:ln>
             <a:noFill/>
-            <a:miter lim="800000"/>
-[...1 lines deleted...]
-            <a:tailEnd/>
           </a:ln>
-          <a:effectLst/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="90409" tIns="45203" rIns="90409" bIns="45203" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
-[...2 lines deleted...]
-            </a:prstTxWarp>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr algn="r" defTabSz="904008" eaLnBrk="1" hangingPunct="1">
-[...1 lines deleted...]
-                <a:latin typeface="Arial" charset="0"/>
+            <a:lvl1pPr marR="0" lvl="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US" altLang="ja-JP"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="122884" name="Rectangle 4"/>
+          <p:cNvPr id="5" name="Google Shape;5;n"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="2"/>
+            <p:ph type="sldImg" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3108325" y="504825"/>
+            <a:ext cx="3648075" cy="2525713"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:miter lim="800000"/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Google Shape;6;n"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="989020" y="3198813"/>
+            <a:ext cx="7888287" cy="3032125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Google Shape;7;n"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
             <a:off x="7" y="6397625"/>
             <a:ext cx="4276725" cy="336550"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="9525">
+          <a:ln>
             <a:noFill/>
-            <a:miter lim="800000"/>
-[...1 lines deleted...]
-            <a:tailEnd/>
           </a:ln>
-          <a:effectLst/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="90409" tIns="45203" rIns="90409" bIns="45203" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
-[...2 lines deleted...]
-            </a:prstTxWarp>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr defTabSz="904008" eaLnBrk="1" hangingPunct="1">
-[...1 lines deleted...]
-                <a:latin typeface="Arial" charset="0"/>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US" altLang="ja-JP"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="122885" name="Rectangle 5"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          <p:cNvPr id="8" name="Google Shape;8;n"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="3"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="5588007" y="6397625"/>
             <a:ext cx="4276725" cy="336550"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="9525">
+          <a:ln>
             <a:noFill/>
-            <a:miter lim="800000"/>
-[...1 lines deleted...]
-            <a:tailEnd/>
           </a:ln>
-          <a:effectLst/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="90409" tIns="45203" rIns="90409" bIns="45203" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
-[...2 lines deleted...]
-            </a:prstTxWarp>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...3 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr>
-              <a:defRPr/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:fld id="{779D47F1-08B5-45BA-BD50-DA0DE3406AA4}" type="slidenum">
-[...3 lines deleted...]
-              </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" altLang="ja-JP"/>
+            <a:endParaRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
-</p:handoutMaster>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:notesStyle>
+    <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+    </a:defPPr>
+    <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl1pPr>
+    <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl2pPr>
+    <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl3pPr>
+    <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl4pPr>
+    <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl5pPr>
+    <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl6pPr>
+    <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl7pPr>
+    <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl8pPr>
+    <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl9pPr>
+  </p:notesStyle>
+</p:notesMaster>
 </file>
 
-<file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 58"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11266" name="Rectangle 2"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          <p:cNvPr id="59" name="Google Shape;59;p1:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="hdr" sz="quarter"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
-[...133 lines deleted...]
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="989020" y="3198813"/>
             <a:ext cx="7888287" cy="3032125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...6 lines deleted...]
-          <a:effectLst/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="90507" tIns="45253" rIns="90507" bIns="45253" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
-[...2 lines deleted...]
-            </a:prstTxWarp>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0"/>
-[...63 lines deleted...]
-            </a:r>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11270" name="Rectangle 6"/>
+          <p:cNvPr id="60" name="Google Shape;60;p1:notes"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="4"/>
+            <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="7" y="6397625"/>
-            <a:ext cx="4276725" cy="336550"/>
+            <a:off x="3108325" y="504825"/>
+            <a:ext cx="3648075" cy="2525713"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
+          <a:custGeom>
             <a:avLst/>
-          </a:prstGeom>
-[...7 lines deleted...]
-          <a:effectLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
         </p:spPr>
-        <p:txBody>
-[...71 lines deleted...]
-        </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
-[...122 lines deleted...]
-</p:notesMaster>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...24 lines deleted...]
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 66"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8194" name="Rectangle 7"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          <p:cNvPr id="67" name="Google Shape;67;p2:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="5"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
+          <a:xfrm>
+            <a:off x="5588007" y="6397625"/>
+            <a:ext cx="4276725" cy="336550"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
           <a:noFill/>
-          <a:ln/>
-[...18 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...121 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-              </a:spcBef>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:fld id="{3949F6A9-A3E1-46FD-A3FD-8B620CA0CC37}" type="slidenum">
-[...1 lines deleted...]
-                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:pPr>
-[...3 lines deleted...]
-              </a:pPr>
               <a:t>1</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" altLang="ja-JP">
-              <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            <a:endParaRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8195" name="Rectangle 2"/>
+          <p:cNvPr id="68" name="Google Shape;68;p2:notes"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldImg"/>
+            <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:ln/>
+          <a:xfrm>
+            <a:off x="3108325" y="504825"/>
+            <a:ext cx="3648075" cy="2525713"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8196" name="Rectangle 3"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          <p:cNvPr id="69" name="Google Shape;69;p2:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
+          <a:xfrm>
+            <a:off x="989020" y="3198813"/>
+            <a:ext cx="7888287" cy="3032125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
           <a:noFill/>
-          <a:ln/>
-[...18 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
-[...1 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 75"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8194" name="Rectangle 7"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          <p:cNvPr id="76" name="Google Shape;76;p3:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="5"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
+          <a:xfrm>
+            <a:off x="5588007" y="6397625"/>
+            <a:ext cx="4276725" cy="336550"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
           <a:noFill/>
-          <a:ln/>
-[...18 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...121 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-              </a:spcBef>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:fld id="{3949F6A9-A3E1-46FD-A3FD-8B620CA0CC37}" type="slidenum">
-[...1 lines deleted...]
-                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:pPr>
-[...3 lines deleted...]
-              </a:pPr>
               <a:t>2</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" altLang="ja-JP">
-              <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            <a:endParaRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8195" name="Rectangle 2"/>
+          <p:cNvPr id="77" name="Google Shape;77;p3:notes"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldImg"/>
+            <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:ln/>
+          <a:xfrm>
+            <a:off x="3108325" y="504825"/>
+            <a:ext cx="3648075" cy="2525713"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8196" name="Rectangle 3"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          <p:cNvPr id="78" name="Google Shape;78;p3:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
+          <a:xfrm>
+            <a:off x="989020" y="3198813"/>
+            <a:ext cx="7888287" cy="3032125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
           <a:noFill/>
-          <a:ln/>
-[...18 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
-[...1 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 85"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8194" name="Rectangle 7"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          <p:cNvPr id="86" name="Google Shape;86;p4:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="5"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
+          <a:xfrm>
+            <a:off x="5588007" y="6397625"/>
+            <a:ext cx="4276725" cy="336550"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
           <a:noFill/>
-          <a:ln/>
-[...18 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...121 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-              </a:spcBef>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:fld id="{3949F6A9-A3E1-46FD-A3FD-8B620CA0CC37}" type="slidenum">
-[...1 lines deleted...]
-                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:pPr>
-[...3 lines deleted...]
-              </a:pPr>
               <a:t>3</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" altLang="ja-JP">
-              <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            <a:endParaRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8195" name="Rectangle 2"/>
+          <p:cNvPr id="87" name="Google Shape;87;p4:notes"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldImg"/>
+            <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:ln/>
+          <a:xfrm>
+            <a:off x="3108325" y="504825"/>
+            <a:ext cx="3648075" cy="2525713"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8196" name="Rectangle 3"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          <p:cNvPr id="88" name="Google Shape;88;p4:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
+          <a:xfrm>
+            <a:off x="989020" y="3198813"/>
+            <a:ext cx="7888287" cy="3032125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
           <a:noFill/>
-          <a:ln/>
-[...18 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
-[...1 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 120"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8194" name="Rectangle 7"/>
-[...195 lines deleted...]
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          <p:cNvPr id="121" name="Google Shape;121;p5:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:noFill/>
-[...19 lines deleted...]
-          </a:extLst>
+          <a:xfrm>
+            <a:off x="989020" y="3198813"/>
+            <a:ext cx="7888287" cy="3032125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
-[...2 lines deleted...]
-            </a:endParaRPr>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="122" name="Google Shape;122;p5:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3108325" y="504825"/>
+            <a:ext cx="3648075" cy="2525713"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 135"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8194" name="Rectangle 7"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          <p:cNvPr id="136" name="Google Shape;136;p6:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="5"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
+          <a:xfrm>
+            <a:off x="5588007" y="6397625"/>
+            <a:ext cx="4276725" cy="336550"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
           <a:noFill/>
-          <a:ln/>
-[...18 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...121 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-              </a:spcBef>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:fld id="{3949F6A9-A3E1-46FD-A3FD-8B620CA0CC37}" type="slidenum">
-[...1 lines deleted...]
-                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:pPr>
-[...4 lines deleted...]
-              <a:t>6</a:t>
+              <a:t>5</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" altLang="ja-JP">
-              <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            <a:endParaRPr sz="1200">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8195" name="Rectangle 2"/>
+          <p:cNvPr id="137" name="Google Shape;137;p6:notes"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldImg"/>
+            <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:ln/>
+          <a:xfrm>
+            <a:off x="3108325" y="504825"/>
+            <a:ext cx="3648075" cy="2525713"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8196" name="Rectangle 3"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          <p:cNvPr id="138" name="Google Shape;138;p6:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
+          <a:xfrm>
+            <a:off x="989020" y="3198813"/>
+            <a:ext cx="7888287" cy="3032125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
           <a:noFill/>
-          <a:ln/>
-[...18 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
-[...1 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 150"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8194" name="Rectangle 7"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          <p:cNvPr id="151" name="Google Shape;151;p7:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="5"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
+          <a:xfrm>
+            <a:off x="5588007" y="6397625"/>
+            <a:ext cx="4276725" cy="336550"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
           <a:noFill/>
-          <a:ln/>
-[...18 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...121 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-              </a:spcBef>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:fld id="{3949F6A9-A3E1-46FD-A3FD-8B620CA0CC37}" type="slidenum">
-[...1 lines deleted...]
-                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:pPr>
-[...4 lines deleted...]
-              <a:t>7</a:t>
+              <a:t>6</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" altLang="ja-JP">
-              <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            <a:endParaRPr sz="1200">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8195" name="Rectangle 2"/>
+          <p:cNvPr id="152" name="Google Shape;152;p7:notes"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldImg"/>
+            <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:ln/>
+          <a:xfrm>
+            <a:off x="3108325" y="504825"/>
+            <a:ext cx="3648075" cy="2525713"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8196" name="Rectangle 3"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          <p:cNvPr id="153" name="Google Shape;153;p7:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
+          <a:xfrm>
+            <a:off x="989020" y="3198813"/>
+            <a:ext cx="7888287" cy="3032125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
           <a:noFill/>
-          <a:ln/>
-[...18 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
-[...1 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 163"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="164" name="Google Shape;164;p8:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5588007" y="6397625"/>
+            <a:ext cx="4276725" cy="336550"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:endParaRPr sz="1200">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="165" name="Google Shape;165;p8:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3108325" y="504825"/>
+            <a:ext cx="3648075" cy="2525713"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="166" name="Google Shape;166;p8:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="989020" y="3198813"/>
+            <a:ext cx="7888287" cy="3032125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
@@ -7699,15406 +7538,16715 @@
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="title" preserve="1">
-  <p:cSld name="タイトル スライド">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" matchingName="タイトル スライド" type="title">
+  <p:cSld name="TITLE">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 14"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="8" name="図 9"/>
-[...3 lines deleted...]
-          <p:nvPr userDrawn="1"/>
+          <p:cNvPr id="15" name="Google Shape;15;p10"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
+        <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
+            <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:stretch/>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="-7776" y="6709029"/>
             <a:ext cx="9921552" cy="128491"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="グラフィックス 14"/>
-[...3 lines deleted...]
-          <p:nvPr userDrawn="1"/>
+          <p:cNvPr id="16" name="Google Shape;16;p10"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...5 lines deleted...]
-            </a:extLst>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:stretch/>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="3886200" y="5635799"/>
             <a:ext cx="2133600" cy="706437"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="テキスト ボックス 5"/>
+          <p:cNvPr id="17" name="Google Shape;17;p10"/>
           <p:cNvSpPr txBox="1"/>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7041232" y="6669940"/>
             <a:ext cx="2084225" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-              <a:defRPr/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="750" dirty="0">
-[...4 lines deleted...]
-                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:rPr lang="ja-JP" sz="750" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>Copyright  ZIP-FM </a:t>
+              <a:t>Copyright  ZIP-FM inc All Rights Reserved</a:t>
             </a:r>
-            <a:r>
-[...19 lines deleted...]
-            <a:endParaRPr lang="ja-JP" altLang="en-US" sz="750" dirty="0">
+            <a:endParaRPr sz="750" b="0" i="0" u="none" strike="noStrike" cap="none">
               <a:solidFill>
-                <a:schemeClr val="bg1"/>
+                <a:schemeClr val="lt1"/>
               </a:solidFill>
-              <a:latin typeface="+mn-lt"/>
-              <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="正方形/長方形 9"/>
+          <p:cNvPr id="18" name="Google Shape;18;p10"/>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9906000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="76200">
+          <a:ln w="76200" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="EB6432"/>
             </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
-  <p:cSld name="タイトルと縦書きテキスト">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="タイトルと縦書きテキスト" type="vertTx">
+  <p:cSld name="VERTICAL_TEXT">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 46"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="タイトル 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="47" name="Google Shape;47;p19"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="274638"/>
             <a:ext cx="8915400" cy="1143000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marR="0" lvl="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="縦書きテキスト プレースホルダ 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="48" name="Google Shape;48;p19"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" orient="vert" idx="1"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...1 lines deleted...]
-            <a:ext cx="8915400" cy="4525963"/>
+          <a:xfrm rot="5400000">
+            <a:off x="2690019" y="-594518"/>
+            <a:ext cx="4525963" cy="8915400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="eaVert"/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-431800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="640"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="3200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="3200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-406400" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="560"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-381000" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="480"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...63 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
-  <p:cSld name="縦書きタイトルと縦書きテキスト">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="縦書きタイトルと縦書きテキスト" type="vertTitleAndTx">
+  <p:cSld name="VERTICAL_TITLE_AND_VERTICAL_TEXT">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 49"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="縦書きタイトル 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="50" name="Google Shape;50;p20"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" orient="vert"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...1 lines deleted...]
-            <a:ext cx="2228850" cy="5851525"/>
+          <a:xfrm rot="5400000">
+            <a:off x="5370513" y="2085976"/>
+            <a:ext cx="5851525" cy="2228850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="eaVert"/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marR="0" lvl="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="縦書きテキスト プレースホルダ 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="51" name="Google Shape;51;p20"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" orient="vert" idx="1"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...1 lines deleted...]
-            <a:ext cx="6534150" cy="5851525"/>
+          <a:xfrm rot="5400000">
+            <a:off x="836613" y="-66674"/>
+            <a:ext cx="5851525" cy="6534150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="eaVert"/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-431800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="640"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="3200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="3200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-406400" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="560"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-381000" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="480"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...63 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="标题幻灯片">
   <p:cSld name="标题幻灯片">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 52"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="标题 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="53" name="Google Shape;53;p21"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="668655" y="2556512"/>
             <a:ext cx="7578090" cy="1764030"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marR="0" lvl="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="副标题 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="54" name="Google Shape;54;p21"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1337310" y="4663440"/>
             <a:ext cx="6240780" cy="2103120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0" algn="ctr">
-[...6 lines deleted...]
-                </a:solidFill>
+            <a:lvl1pPr marR="0" lvl="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="640"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="3200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="3200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="311079" indent="0" algn="ctr">
-[...6 lines deleted...]
-                </a:solidFill>
+            <a:lvl2pPr marR="0" lvl="1" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="560"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="622158" indent="0" algn="ctr">
-[...6 lines deleted...]
-                </a:solidFill>
+            <a:lvl3pPr marR="0" lvl="2" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="480"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="933237" indent="0" algn="ctr">
-[...6 lines deleted...]
-                </a:solidFill>
+            <a:lvl4pPr marR="0" lvl="3" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1244316" indent="0" algn="ctr">
-[...6 lines deleted...]
-                </a:solidFill>
+            <a:lvl5pPr marR="0" lvl="4" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="1555394" indent="0" algn="ctr">
-[...6 lines deleted...]
-                </a:solidFill>
+            <a:lvl6pPr marR="0" lvl="5" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="1866473" indent="0" algn="ctr">
-[...6 lines deleted...]
-                </a:solidFill>
+            <a:lvl7pPr marR="0" lvl="6" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="2177552" indent="0" algn="ctr">
-[...6 lines deleted...]
-                </a:solidFill>
+            <a:lvl8pPr marR="0" lvl="7" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="2488631" indent="0" algn="ctr">
-[...6 lines deleted...]
-                </a:solidFill>
+            <a:lvl9pPr marR="0" lvl="8" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="日期占位符 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="55" name="Google Shape;55;p21"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" sz="half" idx="10"/>
+            <p:ph type="dt" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="446088" y="7627938"/>
             <a:ext cx="2079625" cy="438150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr/>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...9 lines deleted...]
-            <a:endParaRPr lang="zh-CN" altLang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="页脚占位符 4"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="56" name="Google Shape;56;p21"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3046413" y="7627938"/>
             <a:ext cx="2822575" cy="438150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr/>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-            <a:endParaRPr lang="zh-CN" altLang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="灯片编号占位符 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="57" name="Google Shape;57;p21"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="12"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6389688" y="7627938"/>
             <a:ext cx="2079625" cy="438150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr/>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-              <a:defRPr/>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:fld id="{EC9AE678-B0B0-4A08-898C-631A70CFDFEC}" type="slidenum">
-[...3 lines deleted...]
-              </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="ja-JP"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="zh-CN" altLang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
-  <p:cSld name="タイトルとコンテンツ">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="白紙" type="blank">
+  <p:cSld name="BLANK">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 19"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="タイトルとコンテンツ" type="obj">
+  <p:cSld name="OBJECT">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 20"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="タイトル 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="21" name="Google Shape;21;p12"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="274638"/>
             <a:ext cx="8915400" cy="1143000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marR="0" lvl="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="コンテンツ プレースホルダ 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="22" name="Google Shape;22;p12"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="1600200"/>
             <a:ext cx="8915400" cy="4525963"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-431800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="640"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="3200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="3200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-406400" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="560"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-381000" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="480"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...63 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="セクション見出し">
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="セクション見出し" type="secHead">
+  <p:cSld name="SECTION_HEADER">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 23"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="タイトル 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="24" name="Google Shape;24;p13"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="782638" y="4406900"/>
             <a:ext cx="8420100" cy="1362075"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="t"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr algn="l">
-              <a:defRPr sz="4000" b="1" cap="all"/>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4000" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="テキスト プレースホルダ 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="25" name="Google Shape;25;p13"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="782638" y="2906713"/>
             <a:ext cx="8420100" cy="1500187"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1800"/>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600"/>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1400"/>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="280"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1400"/>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="280"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1400"/>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="280"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1400"/>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="280"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1400"/>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="280"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1400"/>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="280"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...3 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="2 つのコンテンツ">
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="2 つのコンテンツ" type="twoObj">
+  <p:cSld name="TWO_OBJECTS">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 26"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="タイトル 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="27" name="Google Shape;27;p14"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="274638"/>
             <a:ext cx="8915400" cy="1143000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marR="0" lvl="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="コンテンツ プレースホルダ 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="28" name="Google Shape;28;p14"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="1"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="1600200"/>
             <a:ext cx="4381500" cy="4525963"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr sz="2800"/>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-406400" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="560"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr>
-              <a:defRPr sz="2400"/>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-381000" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="480"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr>
-              <a:defRPr sz="2000"/>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr>
-              <a:defRPr sz="1800"/>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-342900" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr>
-              <a:defRPr sz="1800"/>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-342900" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr>
-              <a:defRPr sz="1800"/>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-342900" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr>
-              <a:defRPr sz="1800"/>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-342900" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr>
-              <a:defRPr sz="1800"/>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-342900" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr>
-              <a:defRPr sz="1800"/>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-342900" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...63 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="コンテンツ プレースホルダ 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="29" name="Google Shape;29;p14"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="2"/>
+            <p:ph type="body" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5029200" y="1600200"/>
             <a:ext cx="4381500" cy="4525963"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr sz="2800"/>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-406400" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="560"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr>
-              <a:defRPr sz="2400"/>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-381000" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="480"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr>
-              <a:defRPr sz="2000"/>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr>
-              <a:defRPr sz="1800"/>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-342900" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr>
-              <a:defRPr sz="1800"/>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-342900" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr>
-              <a:defRPr sz="1800"/>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-342900" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr>
-              <a:defRPr sz="1800"/>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-342900" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr>
-              <a:defRPr sz="1800"/>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-342900" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr>
-              <a:defRPr sz="1800"/>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-342900" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...63 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="比較">
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="比較" type="twoTxTwoObj">
+  <p:cSld name="TWO_OBJECTS_WITH_TEXT">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 30"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="タイトル 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="31" name="Google Shape;31;p15"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="274638"/>
             <a:ext cx="8915400" cy="1143000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr/>
+            <a:lvl1pPr marR="0" lvl="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="テキスト プレースホルダ 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="32" name="Google Shape;32;p15"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="1535113"/>
             <a:ext cx="4376738" cy="639762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2400" b="1"/>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="480"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000" b="1"/>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1800" b="1"/>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...3 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="コンテンツ プレースホルダ 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="33" name="Google Shape;33;p15"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="2"/>
+            <p:ph type="body" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="2174875"/>
             <a:ext cx="4376738" cy="3951288"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr sz="2400"/>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-381000" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="480"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr>
-              <a:defRPr sz="2000"/>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr>
-              <a:defRPr sz="1800"/>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-342900" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr>
-              <a:defRPr sz="1600"/>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-330200" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr>
-              <a:defRPr sz="1600"/>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-330200" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr>
-              <a:defRPr sz="1600"/>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-330200" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr>
-              <a:defRPr sz="1600"/>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-330200" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr>
-              <a:defRPr sz="1600"/>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-330200" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr>
-              <a:defRPr sz="1600"/>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-330200" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...63 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="テキスト プレースホルダ 4"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="34" name="Google Shape;34;p15"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="3"/>
+            <p:ph type="body" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5032375" y="1535113"/>
             <a:ext cx="4378325" cy="639762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2400" b="1"/>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="480"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000" b="1"/>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1800" b="1"/>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...3 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="コンテンツ プレースホルダ 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="35" name="Google Shape;35;p15"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="quarter" idx="4"/>
+            <p:ph type="body" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5032375" y="2174875"/>
             <a:ext cx="4378325" cy="3951288"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr sz="2400"/>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-381000" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="480"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr>
-              <a:defRPr sz="2000"/>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr>
-              <a:defRPr sz="1800"/>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-342900" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr>
-              <a:defRPr sz="1600"/>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-330200" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr>
-              <a:defRPr sz="1600"/>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-330200" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr>
-              <a:defRPr sz="1600"/>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-330200" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr>
-              <a:defRPr sz="1600"/>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-330200" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr>
-              <a:defRPr sz="1600"/>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-330200" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr>
-              <a:defRPr sz="1600"/>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-330200" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...63 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="タイトルのみ">
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="タイトルのみ" type="titleOnly">
+  <p:cSld name="TITLE_ONLY">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 36"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="タイトル 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="37" name="Google Shape;37;p16"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="274638"/>
             <a:ext cx="8915400" cy="1143000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marR="0" lvl="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...33 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
-  <p:cSld name="タイトル付きのコンテンツ">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="タイトル付きのコンテンツ" type="objTx">
+  <p:cSld name="OBJECT_WITH_CAPTION_TEXT">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 38"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="タイトル 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="39" name="Google Shape;39;p17"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="273050"/>
             <a:ext cx="3259138" cy="1162050"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" b="1"/>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="コンテンツ プレースホルダ 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="40" name="Google Shape;40;p17"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3873500" y="273050"/>
             <a:ext cx="5537200" cy="5853113"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr sz="3200"/>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-431800" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="640"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="3200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="3200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr>
-              <a:defRPr sz="2800"/>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-406400" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="560"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr>
-              <a:defRPr sz="2400"/>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-381000" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="480"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr>
-              <a:defRPr sz="2000"/>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr>
-              <a:defRPr sz="2000"/>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr>
-              <a:defRPr sz="2000"/>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr>
-              <a:defRPr sz="2000"/>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr>
-              <a:defRPr sz="2000"/>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr>
-              <a:defRPr sz="2000"/>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-355600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...63 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="テキスト プレースホルダ 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="41" name="Google Shape;41;p17"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="half" idx="2"/>
+            <p:ph type="body" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="1435100"/>
             <a:ext cx="3259138" cy="4691063"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1400"/>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="280"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200"/>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="240"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1000"/>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="900"/>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="900"/>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="900"/>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="900"/>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="900"/>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="900"/>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...3 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
-  <p:cSld name="タイトル付きの図">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="タイトル付きの図" type="picTx">
+  <p:cSld name="PICTURE_WITH_CAPTION_TEXT">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 42"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="タイトル 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="43" name="Google Shape;43;p18"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1941513" y="4800600"/>
             <a:ext cx="5943600" cy="566738"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" b="1"/>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="図プレースホルダ 2"/>
+          <p:cNvPr id="44" name="Google Shape;44;p18"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="pic" idx="1"/>
+            <p:ph type="pic" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1941513" y="612775"/>
             <a:ext cx="5943600" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
-        <p:txBody>
-[...43 lines deleted...]
-        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="テキスト プレースホルダ 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="45" name="Google Shape;45;p18"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="half" idx="2"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1941513" y="5367338"/>
             <a:ext cx="5943600" cy="804862"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1400"/>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="280"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200"/>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="240"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1000"/>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="900"/>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="900"/>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="900"/>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="900"/>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="900"/>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="900"/>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-228600" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...3 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg bwMode="auto">
+    <p:bg>
       <p:bgPr>
         <a:solidFill>
-          <a:schemeClr val="bg1"/>
+          <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 9"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3094" name="Rectangle 22"/>
-[...3 lines deleted...]
-          <p:nvPr userDrawn="1"/>
+          <p:cNvPr id="10" name="Google Shape;10;p9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="9292121" y="6418263"/>
             <a:ext cx="613879" cy="323850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="9525">
+          <a:ln>
             <a:noFill/>
-            <a:miter lim="800000"/>
-[...1 lines deleted...]
-            <a:tailEnd/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="ctr"/>
-[...106 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1">
-              <a:defRPr/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:fld id="{9AA62517-8880-42A2-9A11-C0CBEF8DCAD5}" type="slidenum">
-[...3 lines deleted...]
-                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1">
-[...1 lines deleted...]
-              </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1000" dirty="0">
-[...2 lines deleted...]
-              <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+            <a:endParaRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="1027" name="Picture 7"/>
-[...3 lines deleted...]
-          <p:nvPr userDrawn="1"/>
+          <p:cNvPr id="11" name="Google Shape;11;p9"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...5 lines deleted...]
-            </a:extLst>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId14">
+            <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:stretch/>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="8124825" y="166688"/>
             <a:ext cx="1573213" cy="576262"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="1030" name="図 1"/>
-[...3 lines deleted...]
-          <p:nvPr userDrawn="1"/>
+          <p:cNvPr id="12" name="Google Shape;12;p9"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
+        <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId15">
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
+            <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:stretch/>
         </p:blipFill>
-        <p:spPr bwMode="auto">
-          <a:xfrm flipV="1">
+        <p:spPr>
+          <a:xfrm rot="10800000" flipH="1">
             <a:off x="0" y="822657"/>
             <a:ext cx="9906000" cy="61210"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="正方形/長方形 2"/>
+          <p:cNvPr id="13" name="Google Shape;13;p9"/>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9906000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="76200">
+          <a:ln w="76200" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="EB6432"/>
             </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147486635" r:id="rId1"/>
-[...10 lines deleted...]
-    <p:sldLayoutId id="2147486636" r:id="rId12"/>
+    <p:sldLayoutId id="2147483649" r:id="rId1"/>
+    <p:sldLayoutId id="2147483650" r:id="rId2"/>
+    <p:sldLayoutId id="2147483651" r:id="rId3"/>
+    <p:sldLayoutId id="2147483652" r:id="rId4"/>
+    <p:sldLayoutId id="2147483653" r:id="rId5"/>
+    <p:sldLayoutId id="2147483654" r:id="rId6"/>
+    <p:sldLayoutId id="2147483655" r:id="rId7"/>
+    <p:sldLayoutId id="2147483656" r:id="rId8"/>
+    <p:sldLayoutId id="2147483657" r:id="rId9"/>
+    <p:sldLayoutId id="2147483658" r:id="rId10"/>
+    <p:sldLayoutId id="2147483659" r:id="rId11"/>
+    <p:sldLayoutId id="2147483660" r:id="rId12"/>
   </p:sldLayoutIdLst>
+  <p:hf sldNum="0" hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
-      <a:lvl1pPr algn="ctr" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr kumimoji="1" sz="4400">
+      </a:defPPr>
+      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx2"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mj-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mj-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr algn="ctr" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr kumimoji="1" sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx2"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Arial" charset="0"/>
-          <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="50" charset="-128"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr algn="ctr" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr kumimoji="1" sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx2"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Arial" charset="0"/>
-          <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="50" charset="-128"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr algn="ctr" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr kumimoji="1" sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx2"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Arial" charset="0"/>
-          <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="50" charset="-128"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr algn="ctr" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr kumimoji="1" sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx2"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Arial" charset="0"/>
-          <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="50" charset="-128"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="457200" algn="ctr" rtl="0" fontAlgn="base">
+      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr kumimoji="1" sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx2"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Arial" charset="0"/>
-          <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="50" charset="-128"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="914400" algn="ctr" rtl="0" fontAlgn="base">
+      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr kumimoji="1" sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx2"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Arial" charset="0"/>
-          <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="50" charset="-128"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="1371600" algn="ctr" rtl="0" fontAlgn="base">
+      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr kumimoji="1" sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx2"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Arial" charset="0"/>
-          <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="50" charset="-128"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="1828800" algn="ctr" rtl="0" fontAlgn="base">
+      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr kumimoji="1" sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx2"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Arial" charset="0"/>
-          <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="50" charset="-128"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:titleStyle>
     <p:bodyStyle>
-      <a:lvl1pPr marL="342900" indent="-342900" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buChar char="•"/>
-        <a:defRPr kumimoji="1" sz="3200">
+      </a:defPPr>
+      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="742950" indent="-285750" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buChar char="–"/>
-        <a:defRPr kumimoji="1" sz="2800">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-          <a:ea typeface="+mn-ea"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buChar char="•"/>
-        <a:defRPr kumimoji="1" sz="2400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-          <a:ea typeface="+mn-ea"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buChar char="–"/>
-        <a:defRPr kumimoji="1" sz="2000">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-          <a:ea typeface="+mn-ea"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buChar char="»"/>
-        <a:defRPr kumimoji="1" sz="2000">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-          <a:ea typeface="+mn-ea"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" rtl="0" fontAlgn="base">
+      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buChar char="»"/>
-        <a:defRPr kumimoji="1" sz="2000">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-          <a:ea typeface="+mn-ea"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" rtl="0" fontAlgn="base">
+      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buChar char="»"/>
-        <a:defRPr kumimoji="1" sz="2000">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-          <a:ea typeface="+mn-ea"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" rtl="0" fontAlgn="base">
+      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buChar char="»"/>
-        <a:defRPr kumimoji="1" sz="2000">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-          <a:ea typeface="+mn-ea"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" rtl="0" fontAlgn="base">
+      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buChar char="»"/>
-        <a:defRPr kumimoji="1" sz="2000">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-          <a:ea typeface="+mn-ea"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:bodyStyle>
     <p:otherStyle>
-      <a:defPPr>
-        <a:defRPr lang="ja-JP"/>
+      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
       </a:defPPr>
-      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr kumimoji="1" sz="1800" kern="1200">
+      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr kumimoji="1" sz="1800" kern="1200">
+      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr kumimoji="1" sz="1800" kern="1200">
+      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr kumimoji="1" sz="1800" kern="1200">
+      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr kumimoji="1" sz="1800" kern="1200">
+      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr kumimoji="1" sz="1800" kern="1200">
+      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr kumimoji="1" sz="1800" kern="1200">
+      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr kumimoji="1" sz="1800" kern="1200">
+      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr kumimoji="1" sz="1800" kern="1200">
+      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 61"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="8" name="図 7"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr id="62" name="Google Shape;62;p1"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...5 lines deleted...]
-            </a:extLst>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
           </a:blip>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3239093" y="349912"/>
             <a:ext cx="3451449" cy="1941569"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="正方形/長方形 1"/>
+          <p:cNvPr id="63" name="Google Shape;63;p1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-7119" y="2612821"/>
             <a:ext cx="9906000" cy="1282340"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
-          <a:bodyPr lIns="62215" tIns="31107" rIns="62215" bIns="31107" anchor="ctr"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="62200" tIns="31100" rIns="62200" bIns="31100" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-              <a:defRPr/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1225" dirty="0">
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:endParaRPr sz="1225" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Text Box 1804">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="64" name="Google Shape;64;p1"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="1021" y="4148275"/>
             <a:ext cx="9904979" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...105 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="2400" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mj-ea"/>
+              <a:rPr lang="ja-JP" sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>＜番組プロフィール </a:t>
+              <a:t>＜番組プロフィール &amp; ご提供企画＞</a:t>
             </a:r>
-            <a:r>
-[...15 lines deleted...]
-              <a:ea typeface="+mj-ea"/>
+            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="テキスト ボックス 5"/>
+          <p:cNvPr id="65" name="Google Shape;65;p1"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1021" y="2865935"/>
             <a:ext cx="9904979" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="4000" b="1" dirty="0">
-[...4 lines deleted...]
-                <a:ea typeface="+mj-ea"/>
+              <a:rPr lang="ja-JP" sz="4000" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>Ｎｅｕｅ</a:t>
+              <a:t>Ｎｅｕｅ Ｍｕｓｉｃ</a:t>
             </a:r>
-            <a:r>
-[...19 lines deleted...]
-            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="4000" b="1" dirty="0">
+            <a:endParaRPr sz="4000" b="1" i="0" u="none" strike="noStrike" cap="none">
               <a:solidFill>
-                <a:schemeClr val="bg1"/>
+                <a:schemeClr val="lt1"/>
               </a:solidFill>
-              <a:latin typeface="+mj-ea"/>
-              <a:ea typeface="+mj-ea"/>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 70"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="図 5"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr id="71" name="Google Shape;71;p2"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...5 lines deleted...]
-            </a:extLst>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
           </a:blip>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="441787" y="2678385"/>
             <a:ext cx="2566997" cy="1444032"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Text Box 2"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="72" name="Google Shape;72;p2"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="344488" y="260648"/>
             <a:ext cx="7561387" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...105 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mj-ea"/>
+              <a:rPr lang="ja-JP" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>◆</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mj-ea"/>
+              <a:rPr lang="ja-JP" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>Ｎｅｕｅ Ｍｕｓｉｃ</a:t>
+              <a:t>Ｎｅｕｅ Ｍｕｓｉｃ　＜番組概要＞</a:t>
             </a:r>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Text Box 66"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="73" name="Google Shape;73;p2"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="388416" y="1098331"/>
             <a:ext cx="9361040" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...105 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" eaLnBrk="1" hangingPunct="1"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" b="1" u="sng" dirty="0">
+              <a:rPr lang="ja-JP" sz="1800" b="1" i="0" u="sng" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-ea"/>
-                <a:ea typeface="+mn-ea"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>「新しい音楽＝</a:t>
+              <a:t>「新しい音楽＝Neue Musik（ノイエ ムジーク）」をお届けする音楽番組！</a:t>
             </a:r>
-            <a:r>
-[...29 lines deleted...]
-            <a:endParaRPr lang="en-US" altLang="ja-JP" b="1" u="sng" dirty="0">
+            <a:endParaRPr sz="1800" b="1" i="0" u="sng" strike="noStrike" cap="none">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
-              <a:latin typeface="+mn-ea"/>
-              <a:ea typeface="+mn-ea"/>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr lvl="0" eaLnBrk="1" hangingPunct="1"/>
-[...2 lines deleted...]
-              <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mn-ea"/>
+              <a:rPr lang="ja-JP" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>「新しい音楽＝</a:t>
+              <a:t>「新しい音楽＝Neue Musik（ノイエ ムジーク）」をお届けする音楽番組。 </a:t>
             </a:r>
-            <a:r>
-[...19 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mn-ea"/>
+              <a:rPr lang="ja-JP" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>音楽ニュースやゲストとのトークを交えながら、邦楽を中心にジャンルレスな音楽をお届けします。</a:t>
             </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="テキスト ボックス 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="74" name="Google Shape;74;p2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="441787" y="4437112"/>
             <a:ext cx="9080406" cy="2308324"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
-[...6 lines deleted...]
-              <a:defRPr/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
-[...2 lines deleted...]
-                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:rPr lang="ja-JP" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>●番組タイトル</a:t>
+              <a:t>●番組タイトル	Ｎｅｕｅ Ｍｕｓｉｃ</a:t>
+            </a:r>
+            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ja-JP" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>●放送時間		月曜日～木曜日　２０：００～２２：００ ＜２時間プログラム＞</a:t>
+            </a:r>
+            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ja-JP" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>●NAVIGATOR	神原真理</a:t>
+            </a:r>
+            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ja-JP" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>●TARGET		16歳～34歳　男・女</a:t>
+            </a:r>
+            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ja-JP" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>●番組SNS		X：@Neue_Musik_778／約15,000人</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
-[...2 lines deleted...]
-                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:rPr lang="ja-JP" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
-            <a:r>
-[...26 lines deleted...]
-              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            <a:endParaRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
-[...22 lines deleted...]
-              <a:defRPr/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
-[...2 lines deleted...]
-                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:rPr lang="ja-JP" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>●放送時間</a:t>
+              <a:t>		 　</a:t>
             </a:r>
-            <a:r>
-[...274 lines deleted...]
-              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            <a:endParaRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 79"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="図 8" descr="ベンチに座っている男性&#10;&#10;中程度の精度で自動的に生成された説明">
-[...8 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr id="80" name="Google Shape;80;p3" descr="ベンチに座っている男性&#10;&#10;中程度の精度で自動的に生成された説明"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="print">
-[...4 lines deleted...]
-            </a:extLst>
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
           </a:blip>
-          <a:srcRect l="14488" t="13125" r="908" b="44517"/>
+          <a:srcRect l="14488" t="13124" r="907" b="44517"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6615772" y="1662934"/>
             <a:ext cx="3019776" cy="2264832"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Text Box 2">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="81" name="Google Shape;81;p3"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="344488" y="1060545"/>
             <a:ext cx="7561387" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...105 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" u="sng" dirty="0">
+              <a:rPr lang="ja-JP" sz="2000" b="0" i="0" u="sng" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-ea"/>
-                <a:ea typeface="+mn-ea"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>神原真理　＜</a:t>
+              <a:t>神原真理　＜MARI KANBARA＞</a:t>
             </a:r>
-            <a:r>
-[...18 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Text Box 2"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="82" name="Google Shape;82;p3"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="344488" y="260648"/>
             <a:ext cx="7776864" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...105 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mj-ea"/>
+              <a:rPr lang="ja-JP" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>◆</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mj-ea"/>
+              <a:rPr lang="ja-JP" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>Ｎｅｕｅ Ｍｕｓｉｃ</a:t>
+              <a:t>Ｎｅｕｅ Ｍｕｓｉｃ　＜ナビゲーター・プロフィール＞</a:t>
             </a:r>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="10" name="表 9"/>
-[...9 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="83" name="Google Shape;83;p3"/>
+          <p:cNvGraphicFramePr/>
+          <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="488504" y="1662934"/>
-          <a:ext cx="5354221" cy="4425359"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
-                <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
+                <a:noFill/>
+                <a:tableStyleId>{807ABC24-FB89-4437-831F-C1E6BD89ECC6}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1260000">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1789966">
+                <a:gridCol w="1789975">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="2304255">
+                <a:gridCol w="2304250">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="367750">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="bg1"/>
+                            <a:schemeClr val="lt1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>生年月日</a:t>
                       </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
-                    <a:lnTlToBr w="12700" cmpd="sng">
-[...6 lines deleted...]
-                    </a:lnBlToTr>
                     <a:solidFill>
-                      <a:schemeClr val="tx2"/>
+                      <a:schemeClr val="dk2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
-[...1 lines deleted...]
-                          <a:ea typeface="+mn-ea"/>
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>1992</a:t>
+                        <a:t>1992年9月17日</a:t>
                       </a:r>
-                      <a:r>
-[...33 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
-                    <a:lnTlToBr w="12700" cmpd="sng">
-[...6 lines deleted...]
-                    </a:lnBlToTr>
                   </a:tcPr>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+                      <a:endParaRPr lang="ja-JP"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="367750">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:lnSpc>
-                          <a:spcPts val="1800"/>
+                          <a:spcPct val="163636"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="bg1"/>
+                            <a:schemeClr val="lt1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>出身地</a:t>
                       </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
-                    <a:lnTlToBr w="12700" cmpd="sng">
-[...6 lines deleted...]
-                    </a:lnBlToTr>
                     <a:solidFill>
-                      <a:schemeClr val="tx2"/>
+                      <a:schemeClr val="dk2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="zh-TW" altLang="en-US" sz="1100" b="0" dirty="0">
-[...1 lines deleted...]
-                          <a:ea typeface="+mn-ea"/>
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>大阪府</a:t>
                       </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
-                    <a:lnTlToBr w="12700" cmpd="sng">
-[...6 lines deleted...]
-                    </a:lnBlToTr>
                   </a:tcPr>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+                      <a:endParaRPr lang="ja-JP"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="528342">
+              <a:tr h="528350">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:lnSpc>
-                          <a:spcPts val="1800"/>
+                          <a:spcPct val="163636"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="bg1"/>
+                            <a:schemeClr val="lt1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>趣味</a:t>
                       </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
-                    <a:lnTlToBr w="12700" cmpd="sng">
-[...6 lines deleted...]
-                    </a:lnBlToTr>
                     <a:solidFill>
-                      <a:schemeClr val="tx2"/>
+                      <a:schemeClr val="dk2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
-                          <a:spcPts val="1800"/>
+                          <a:spcPct val="163636"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:schemeClr val="dk1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>カメラ・ゲームラジオ・ボルダリング・キックボクシング・</a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                      <a:endParaRPr sz="1100" b="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
-                          <a:schemeClr val="tx1"/>
+                          <a:schemeClr val="dk1"/>
                         </a:solidFill>
-                        <a:latin typeface="+mn-ea"/>
-                        <a:ea typeface="+mn-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
-                          <a:spcPts val="1800"/>
+                          <a:spcPct val="163636"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:schemeClr val="dk1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>料理・美味しいビールを飲むこと</a:t>
                       </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
-                    <a:lnTlToBr w="12700" cmpd="sng">
-[...6 lines deleted...]
-                    </a:lnBlToTr>
                   </a:tcPr>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+                      <a:endParaRPr lang="ja-JP"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="476294">
+              <a:tr h="476300">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="bg1"/>
+                            <a:schemeClr val="lt1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>特技</a:t>
                       </a:r>
-                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                      <a:endParaRPr sz="1100" b="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
-                          <a:schemeClr val="bg1"/>
+                          <a:schemeClr val="lt1"/>
                         </a:solidFill>
-                        <a:latin typeface="+mn-ea"/>
-                        <a:ea typeface="+mn-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
-                    <a:lnTlToBr w="12700" cmpd="sng">
-[...6 lines deleted...]
-                    </a:lnBlToTr>
                     <a:solidFill>
-                      <a:schemeClr val="tx2"/>
+                      <a:schemeClr val="dk2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
-                          <a:spcPts val="1800"/>
+                          <a:spcPct val="163636"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:schemeClr val="dk1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>ピアノ</a:t>
                       </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
-                    <a:lnTlToBr w="12700" cmpd="sng">
-[...6 lines deleted...]
-                    </a:lnBlToTr>
                   </a:tcPr>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+                      <a:endParaRPr lang="ja-JP"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="1587943">
+              <a:tr h="1587950">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
-                        <a:buClrTx/>
-[...1 lines deleted...]
-                        <a:buFontTx/>
+                        <a:buClr>
+                          <a:schemeClr val="lt1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
-                        <a:tabLst/>
-                        <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="bg1"/>
+                            <a:schemeClr val="lt1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>経歴</a:t>
                       </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr anchor="ctr">
-[...3 lines deleted...]
-                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-[...2 lines deleted...]
-                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-[...2 lines deleted...]
-                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng">
+                      <a:solidFill>
+                        <a:schemeClr val="lt1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
-                    <a:lnTlToBr w="12700" cmpd="sng">
-[...6 lines deleted...]
-                    </a:lnBlToTr>
                     <a:solidFill>
-                      <a:schemeClr val="tx2"/>
+                      <a:schemeClr val="dk2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
-[...1 lines deleted...]
-                          <a:ea typeface="+mn-ea"/>
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>大阪芸術大学短期大学部　演劇コース、卒業。</a:t>
                       </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr algn="l"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
-[...1 lines deleted...]
-                          <a:ea typeface="+mn-ea"/>
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>ユニバーサル・スタジオ・ジャパン　ショー出演・大阪寝屋川ミュージカル出演、ゲームアプリ「ファントム オブ キル」ベガルタ役　声優担当など、役者活動と並行して、ラジオ・パーソナリティを目指す。</a:t>
                       </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr algn="l"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
-[...1 lines deleted...]
-                          <a:ea typeface="+mn-ea"/>
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>2013</a:t>
+                        <a:t>2013年ZIP-FMミュージック・ナビゲーター・コンテスト　優秀賞受賞。2017年度ZIP-FMミュージック・ナビゲーター・オーディション通過。</a:t>
                       </a:r>
-                      <a:r>
-[...47 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
-                    <a:lnTlToBr w="12700" cmpd="sng">
-[...6 lines deleted...]
-                    </a:lnBlToTr>
                   </a:tcPr>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+                      <a:endParaRPr lang="ja-JP"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="840676">
+              <a:tr h="840675">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
-                        <a:buClrTx/>
-[...1 lines deleted...]
-                        <a:buFontTx/>
+                        <a:buClr>
+                          <a:schemeClr val="lt1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
-                        <a:tabLst/>
-                        <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="bg1"/>
+                            <a:schemeClr val="lt1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>ナビゲーター</a:t>
                       </a:r>
-                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                      <a:endParaRPr sz="1100" b="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
-                          <a:schemeClr val="bg1"/>
+                          <a:schemeClr val="lt1"/>
                         </a:solidFill>
-                        <a:latin typeface="+mn-ea"/>
-                        <a:ea typeface="+mn-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
-                        <a:buClrTx/>
-[...1 lines deleted...]
-                        <a:buFontTx/>
+                        <a:buClr>
+                          <a:schemeClr val="lt1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
-                        <a:tabLst/>
-                        <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="bg1"/>
+                            <a:schemeClr val="lt1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>キャリア</a:t>
                       </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr anchor="ctr">
-[...3 lines deleted...]
-                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-[...2 lines deleted...]
-                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-[...2 lines deleted...]
-                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng">
+                      <a:solidFill>
+                        <a:schemeClr val="lt1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
-                    <a:lnTlToBr w="12700" cmpd="sng">
-[...6 lines deleted...]
-                    </a:lnBlToTr>
                     <a:solidFill>
-                      <a:schemeClr val="tx2"/>
+                      <a:schemeClr val="dk2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
-                        <a:buClrTx/>
-[...1 lines deleted...]
-                        <a:buFontTx/>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
-                        <a:tabLst/>
-                        <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:schemeClr val="dk1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>2018</a:t>
+                        <a:t>2018年4月～2020年3月 2020年4月～2022年3月</a:t>
                       </a:r>
-                      <a:r>
-[...149 lines deleted...]
-                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                      <a:endParaRPr sz="1100" b="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
-                          <a:schemeClr val="tx1"/>
+                          <a:schemeClr val="dk1"/>
                         </a:solidFill>
-                        <a:latin typeface="+mn-ea"/>
-                        <a:ea typeface="+mn-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
-                        <a:buClrTx/>
-[...1 lines deleted...]
-                        <a:buFontTx/>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
-                        <a:tabLst/>
-                        <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:schemeClr val="dk1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>2020</a:t>
+                        <a:t>2020年4月～</a:t>
                       </a:r>
-                      <a:r>
-[...29 lines deleted...]
-                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                      <a:endParaRPr sz="1100" b="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
-                          <a:schemeClr val="tx1"/>
+                          <a:schemeClr val="dk1"/>
                         </a:solidFill>
-                        <a:latin typeface="+mn-ea"/>
-                        <a:ea typeface="+mn-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
-                        <a:buClrTx/>
-[...1 lines deleted...]
-                        <a:buFontTx/>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
-                        <a:tabLst/>
-                        <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:schemeClr val="dk1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>2022</a:t>
+                        <a:t>2022年4月～2024年3月</a:t>
                       </a:r>
-                      <a:r>
-[...69 lines deleted...]
-                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                      <a:endParaRPr sz="1100" b="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
-                          <a:schemeClr val="tx1"/>
+                          <a:schemeClr val="dk1"/>
                         </a:solidFill>
-                        <a:latin typeface="+mn-ea"/>
-                        <a:ea typeface="+mn-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
-                        <a:buClrTx/>
-[...1 lines deleted...]
-                        <a:buFontTx/>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
-                        <a:tabLst/>
-                        <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:schemeClr val="dk1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>2024</a:t>
+                        <a:t>2024年4月～</a:t>
                       </a:r>
-                      <a:r>
-[...29 lines deleted...]
-                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                      <a:endParaRPr sz="1100" b="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
-                          <a:schemeClr val="tx1"/>
+                          <a:schemeClr val="dk1"/>
                         </a:solidFill>
-                        <a:latin typeface="+mn-ea"/>
-                        <a:ea typeface="+mn-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
-                        <a:buClrTx/>
-[...1 lines deleted...]
-                        <a:buFontTx/>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
-                        <a:tabLst/>
-                        <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:schemeClr val="dk1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>2025</a:t>
+                        <a:t>2025年4月～</a:t>
                       </a:r>
-                      <a:r>
-[...29 lines deleted...]
-                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                      <a:endParaRPr sz="1100" b="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
-                          <a:schemeClr val="tx1"/>
+                          <a:schemeClr val="dk1"/>
                         </a:solidFill>
-                        <a:latin typeface="+mn-ea"/>
-                        <a:ea typeface="+mn-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
-[...6 lines deleted...]
-                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-[...2 lines deleted...]
-                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng">
+                      <a:solidFill>
+                        <a:schemeClr val="lt1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
-                    <a:lnTlToBr w="12700" cmpd="sng">
-[...6 lines deleted...]
-                    </a:lnBlToTr>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
-                        <a:buClrTx/>
-[...1 lines deleted...]
-                        <a:buFontTx/>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
-                        <a:tabLst/>
-                        <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:schemeClr val="dk1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>「</a:t>
+                        <a:t>「bestie」</a:t>
                       </a:r>
-                      <a:r>
-[...19 lines deleted...]
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                      <a:endParaRPr sz="1100" b="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
-                          <a:schemeClr val="tx1"/>
+                          <a:schemeClr val="dk1"/>
                         </a:solidFill>
-                        <a:latin typeface="+mn-ea"/>
-                        <a:ea typeface="+mn-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
-                        <a:buClrTx/>
-[...1 lines deleted...]
-                        <a:buFontTx/>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
-                        <a:tabLst/>
-                        <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:schemeClr val="dk1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>「</a:t>
+                        <a:t>「Z-BIZ.」</a:t>
                       </a:r>
-                      <a:r>
-[...19 lines deleted...]
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                      <a:endParaRPr sz="1100" b="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
-                          <a:schemeClr val="tx1"/>
+                          <a:schemeClr val="dk1"/>
                         </a:solidFill>
-                        <a:latin typeface="+mn-ea"/>
-                        <a:ea typeface="+mn-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
-                        <a:buClrTx/>
-[...1 lines deleted...]
-                        <a:buFontTx/>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
-                        <a:tabLst/>
-                        <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:schemeClr val="dk1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>「</a:t>
+                        <a:t>「SUNDAY AWESOME WAVE」</a:t>
                       </a:r>
-                      <a:r>
-[...19 lines deleted...]
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                      <a:endParaRPr sz="1100" b="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
-                          <a:schemeClr val="tx1"/>
+                          <a:schemeClr val="dk1"/>
                         </a:solidFill>
-                        <a:latin typeface="+mn-ea"/>
-                        <a:ea typeface="+mn-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
-                        <a:buClrTx/>
-[...1 lines deleted...]
-                        <a:buFontTx/>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
-                        <a:tabLst/>
-                        <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:schemeClr val="dk1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>「</a:t>
+                        <a:t>「x music」</a:t>
                       </a:r>
-                      <a:r>
-[...29 lines deleted...]
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                      <a:endParaRPr sz="1100" b="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
-                          <a:schemeClr val="tx1"/>
+                          <a:schemeClr val="dk1"/>
                         </a:solidFill>
-                        <a:latin typeface="+mn-ea"/>
-                        <a:ea typeface="+mn-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
-                        <a:buClrTx/>
-[...1 lines deleted...]
-                        <a:buFontTx/>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
-                        <a:tabLst/>
-                        <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:schemeClr val="dk1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>「</a:t>
+                        <a:t>「NIGHT GLOW」</a:t>
                       </a:r>
-                      <a:r>
-[...19 lines deleted...]
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                      <a:endParaRPr sz="1100" b="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
-                          <a:schemeClr val="tx1"/>
+                          <a:schemeClr val="dk1"/>
                         </a:solidFill>
-                        <a:latin typeface="+mn-ea"/>
-                        <a:ea typeface="+mn-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
-                        <a:buClrTx/>
-[...1 lines deleted...]
-                        <a:buFontTx/>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
-                        <a:tabLst/>
-                        <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:schemeClr val="dk1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>「</a:t>
+                        <a:t>「Neue Music」</a:t>
                       </a:r>
-                      <a:r>
-[...29 lines deleted...]
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                      <a:endParaRPr sz="1100" b="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
-                          <a:schemeClr val="tx1"/>
+                          <a:schemeClr val="dk1"/>
                         </a:solidFill>
-                        <a:latin typeface="+mn-ea"/>
-                        <a:ea typeface="+mn-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr anchor="ctr">
-[...1 lines deleted...]
-                      <a:noFill/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="12700" cmpd="sng">
-                      <a:noFill/>
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="12700" cmpd="sng">
-                      <a:noFill/>
+                    <a:lnT w="12700" cap="flat" cmpd="sng">
+                      <a:solidFill>
+                        <a:schemeClr val="lt1">
+                          <a:alpha val="0"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="12700" cmpd="sng">
-                      <a:noFill/>
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
-                    <a:lnTlToBr w="12700" cmpd="sng">
-[...6 lines deleted...]
-                    </a:lnBlToTr>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="14" name="表 13"/>
-[...9 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="84" name="Google Shape;84;p3"/>
+          <p:cNvGraphicFramePr/>
+          <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="488504" y="6093296"/>
-          <a:ext cx="5001504" cy="426720"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
-                <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
+                <a:noFill/>
+                <a:tableStyleId>{807ABC24-FB89-4437-831F-C1E6BD89ECC6}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1260000">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="3741504">
+                <a:gridCol w="3741500">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="360000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
-                        <a:buClrTx/>
-[...1 lines deleted...]
-                        <a:buFontTx/>
+                        <a:buClr>
+                          <a:schemeClr val="lt1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
-                        <a:tabLst/>
-                        <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="bg1"/>
+                            <a:schemeClr val="lt1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-ea"/>
-                          <a:ea typeface="+mn-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>SNS</a:t>
                       </a:r>
-                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                      <a:endParaRPr sz="1100" b="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
-                          <a:schemeClr val="bg1"/>
+                          <a:schemeClr val="lt1"/>
                         </a:solidFill>
-                        <a:latin typeface="+mn-ea"/>
-                        <a:ea typeface="+mn-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr anchor="ctr">
-[...3 lines deleted...]
-                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-[...2 lines deleted...]
-                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-[...2 lines deleted...]
-                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng">
+                      <a:solidFill>
+                        <a:schemeClr val="lt1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
-                    <a:lnTlToBr w="12700" cmpd="sng">
-[...6 lines deleted...]
-                    </a:lnBlToTr>
                     <a:solidFill>
-                      <a:schemeClr val="tx2"/>
+                      <a:schemeClr val="dk2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
-[...1 lines deleted...]
-                          <a:ea typeface="+mn-ea"/>
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>X</a:t>
+                        <a:t>X：@knbr__／6,577人</a:t>
                       </a:r>
-                      <a:r>
-[...33 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr algn="l"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
-[...1 lines deleted...]
-                          <a:ea typeface="+mn-ea"/>
+                        <a:rPr lang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" cap="none">
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>Instagram</a:t>
+                        <a:t>Instagram：kambara_no_insta／3,722人</a:t>
                       </a:r>
-                      <a:r>
-[...33 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
-                        <a:schemeClr val="bg1"/>
+                        <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
-                      <a:noFill/>
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
-                      <a:noFill/>
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
-                    <a:lnTlToBr w="12700" cmpd="sng">
-[...6 lines deleted...]
-                    </a:lnBlToTr>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 89"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Text Box 2"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="90" name="Google Shape;90;p4"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="344488" y="260648"/>
             <a:ext cx="7561387" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...105 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mj-ea"/>
+              <a:rPr lang="ja-JP" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>◆</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mj-ea"/>
+              <a:rPr lang="ja-JP" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>Ｎｅｕｅ Ｍｕｓｉｃ</a:t>
+              <a:t>Ｎｅｕｅ Ｍｕｓｉｃ　＜聴取率データ＞</a:t>
             </a:r>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="44" name="正方形/長方形 43">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="91" name="Google Shape;91;p4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="663450" y="1314517"/>
             <a:ext cx="8723118" cy="2546359"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFF99"/>
           </a:solidFill>
-          <a:ln>
+          <a:ln w="25400" cap="flat" cmpd="sng">
             <a:solidFill>
-              <a:schemeClr val="bg2">
-[...1 lines deleted...]
-              </a:schemeClr>
+              <a:srgbClr val="A2A2A2"/>
             </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="47" name="FMGＺ右">
-[...15 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="92" name="Google Shape;92;p4"/>
+          <p:cNvGraphicFramePr/>
+          <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5494241" y="1647994"/>
           <a:ext cx="2339176" cy="1871341"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="48" name="四角形: 角を丸くする 50">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="93" name="Google Shape;93;p4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1785933" y="1071370"/>
             <a:ext cx="6480720" cy="448511"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
-            <a:avLst/>
+            <a:avLst>
+              <a:gd name="adj" fmla="val 16667"/>
+            </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="00B0F0"/>
           </a:solidFill>
-          <a:ln>
+          <a:ln w="25400" cap="flat" cmpd="sng">
             <a:solidFill>
-              <a:schemeClr val="bg2">
-[...1 lines deleted...]
-              </a:schemeClr>
+              <a:srgbClr val="A2A2A2"/>
             </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="51" name="折れ線Ｇ"/>
-[...9 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="94" name="Google Shape;94;p4"/>
+          <p:cNvGraphicFramePr/>
+          <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5235503" y="1914534"/>
           <a:ext cx="3782159" cy="1785271"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="56" name="テキスト ボックス 55">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="95" name="Google Shape;95;p4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1376679" y="1109676"/>
             <a:ext cx="7324528" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
-[...4 lines deleted...]
-                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:rPr lang="ja-JP" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>「</a:t>
+              <a:t>「Neue Music」＜16歳～34歳＞ターゲット聴取シェア</a:t>
             </a:r>
-            <a:r>
-[...75 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="57" name="テキスト ボックス 56">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="96" name="Google Shape;96;p4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7644984" y="2050239"/>
             <a:ext cx="1107794" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
-[...6 lines deleted...]
-                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:rPr lang="ja-JP" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="6C6C6C"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>＜時間帯別聴取率＞</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+            <a:endParaRPr sz="800" b="0" i="0" u="none" strike="noStrike" cap="none">
               <a:solidFill>
-                <a:schemeClr val="bg2">
-[...1 lines deleted...]
-                </a:schemeClr>
+                <a:srgbClr val="6C6C6C"/>
               </a:solidFill>
-              <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
-              <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="60" name="グループ化 59">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="97" name="Google Shape;97;p4"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="5494241" y="1590405"/>
             <a:ext cx="3515910" cy="300389"/>
             <a:chOff x="6174242" y="2091338"/>
             <a:chExt cx="3058156" cy="300389"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="61" name="テキスト ボックス 60">
-[...5 lines deleted...]
-            </p:cNvPr>
+            <p:cNvPr id="98" name="Google Shape;98;p4"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="6174242" y="2096440"/>
               <a:ext cx="729003" cy="272802"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
           </p:spPr>
           <p:txBody>
-            <a:bodyPr wrap="none" rtlCol="0">
+            <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buNone/>
+              </a:pPr>
               <a:r>
-                <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
-[...1 lines deleted...]
-                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:rPr lang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                  <a:solidFill>
+                    <a:schemeClr val="dk1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial"/>
+                  <a:ea typeface="Arial"/>
+                  <a:cs typeface="Arial"/>
+                  <a:sym typeface="Arial"/>
                 </a:rPr>
-                <a:t>ＺＩＰ</a:t>
+                <a:t>ＺＩＰ-ＦＭ    　　　</a:t>
               </a:r>
-              <a:r>
-[...29 lines deleted...]
-                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:endParaRPr sz="1000">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:cxnSp>
           <p:nvCxnSpPr>
-            <p:cNvPr id="62" name="直線コネクタ 61">
-[...8 lines deleted...]
-            </p:cNvCxnSpPr>
+            <p:cNvPr id="99" name="Google Shape;99;p4"/>
+            <p:cNvCxnSpPr/>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="6925762" y="2335462"/>
               <a:ext cx="611457" cy="1107"/>
             </a:xfrm>
-            <a:prstGeom prst="line">
+            <a:prstGeom prst="straightConnector1">
               <a:avLst/>
             </a:prstGeom>
-            <a:ln w="28575" cap="rnd">
+            <a:noFill/>
+            <a:ln w="28575" cap="rnd" cmpd="sng">
               <a:solidFill>
                 <a:srgbClr val="FF9900"/>
               </a:solidFill>
-              <a:prstDash val="sysDash"/>
+              <a:prstDash val="dash"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </p:spPr>
-          <p:style>
-[...12 lines deleted...]
-          </p:style>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
-            <p:cNvPr id="63" name="直線コネクタ 62">
-[...8 lines deleted...]
-            </p:cNvCxnSpPr>
+            <p:cNvPr id="100" name="Google Shape;100;p4"/>
+            <p:cNvCxnSpPr/>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="6195403" y="2328142"/>
               <a:ext cx="611457" cy="1107"/>
             </a:xfrm>
-            <a:prstGeom prst="line">
+            <a:prstGeom prst="straightConnector1">
               <a:avLst/>
             </a:prstGeom>
-            <a:ln w="38100" cap="rnd">
+            <a:noFill/>
+            <a:ln w="38100" cap="rnd" cmpd="sng">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </p:spPr>
-          <p:style>
-[...12 lines deleted...]
-          </p:style>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
-            <p:cNvPr id="64" name="直線コネクタ 63">
-[...8 lines deleted...]
-            </p:cNvCxnSpPr>
+            <p:cNvPr id="101" name="Google Shape;101;p4"/>
+            <p:cNvCxnSpPr/>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="7667573" y="2338223"/>
               <a:ext cx="611457" cy="1107"/>
             </a:xfrm>
-            <a:prstGeom prst="line">
+            <a:prstGeom prst="straightConnector1">
               <a:avLst/>
             </a:prstGeom>
-            <a:ln w="28575" cap="rnd">
+            <a:noFill/>
+            <a:ln w="28575" cap="rnd" cmpd="sng">
               <a:solidFill>
                 <a:srgbClr val="009900"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </p:spPr>
-          <p:style>
-[...12 lines deleted...]
-          </p:style>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
-            <p:cNvPr id="65" name="直線コネクタ 64">
-[...8 lines deleted...]
-            </p:cNvCxnSpPr>
+            <p:cNvPr id="102" name="Google Shape;102;p4"/>
+            <p:cNvCxnSpPr/>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="8496643" y="2338577"/>
               <a:ext cx="611457" cy="1107"/>
             </a:xfrm>
-            <a:prstGeom prst="line">
+            <a:prstGeom prst="straightConnector1">
               <a:avLst/>
             </a:prstGeom>
-            <a:ln w="38100" cap="rnd">
+            <a:noFill/>
+            <a:ln w="38100" cap="rnd" cmpd="sng">
               <a:solidFill>
                 <a:srgbClr val="3333FF"/>
               </a:solidFill>
-              <a:prstDash val="sysDot"/>
+              <a:prstDash val="dot"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </p:spPr>
-          <p:style>
-[...12 lines deleted...]
-          </p:style>
         </p:cxnSp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="66" name="テキスト ボックス 65">
-[...5 lines deleted...]
-            </p:cNvPr>
+            <p:cNvPr id="103" name="Google Shape;103;p4"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="6806860" y="2100760"/>
               <a:ext cx="866291" cy="272802"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
           </p:spPr>
           <p:txBody>
-            <a:bodyPr wrap="none" rtlCol="0">
+            <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buNone/>
+              </a:pPr>
               <a:r>
-                <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
-[...1 lines deleted...]
-                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:rPr lang="ja-JP" sz="1000">
+                  <a:solidFill>
+                    <a:schemeClr val="dk1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial"/>
+                  <a:ea typeface="Arial"/>
+                  <a:cs typeface="Arial"/>
+                  <a:sym typeface="Arial"/>
                 </a:rPr>
-                <a:t>ＣＢＣラジオ   </a:t>
+                <a:t>ＣＢＣラジオ   　　　</a:t>
               </a:r>
-              <a:r>
-[...8 lines deleted...]
-                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:endParaRPr sz="1000">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="67" name="テキスト ボックス 66">
-[...5 lines deleted...]
-            </p:cNvPr>
+            <p:cNvPr id="104" name="Google Shape;104;p4"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="7630352" y="2091338"/>
               <a:ext cx="866292" cy="272802"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
           </p:spPr>
           <p:txBody>
-            <a:bodyPr wrap="none" rtlCol="0">
+            <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buNone/>
+              </a:pPr>
               <a:r>
-                <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
-[...1 lines deleted...]
-                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:rPr lang="ja-JP" sz="1000">
+                  <a:solidFill>
+                    <a:schemeClr val="dk1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial"/>
+                  <a:ea typeface="Arial"/>
+                  <a:cs typeface="Arial"/>
+                  <a:sym typeface="Arial"/>
                 </a:rPr>
-                <a:t>東海ラジオ   </a:t>
+                <a:t>東海ラジオ   　　　</a:t>
               </a:r>
-              <a:r>
-[...8 lines deleted...]
-                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:endParaRPr sz="1000">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="68" name="テキスト ボックス 67">
-[...5 lines deleted...]
-            </p:cNvPr>
+            <p:cNvPr id="105" name="Google Shape;105;p4"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="8361144" y="2096204"/>
               <a:ext cx="871254" cy="295523"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
           </p:spPr>
           <p:txBody>
-            <a:bodyPr wrap="none" rtlCol="0">
+            <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buNone/>
+              </a:pPr>
               <a:r>
-                <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
-[...1 lines deleted...]
-                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:rPr lang="ja-JP" sz="1000">
+                  <a:solidFill>
+                    <a:schemeClr val="dk1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial"/>
+                  <a:ea typeface="Arial"/>
+                  <a:cs typeface="Arial"/>
+                  <a:sym typeface="Arial"/>
                 </a:rPr>
-                <a:t>ＦＭ ＡＩＣＨＩ    </a:t>
+                <a:t>ＦＭ ＡＩＣＨＩ    　　　</a:t>
               </a:r>
-              <a:r>
-[...8 lines deleted...]
-                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:endParaRPr sz="1000">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="2" name="グループ化 1"/>
+          <p:cNvPr id="106" name="Google Shape;106;p4"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="1528830" y="1535678"/>
-[...2 lines deleted...]
-            <a:chExt cx="2224477" cy="2016229"/>
+            <a:off x="1517884" y="1494065"/>
+            <a:ext cx="2578312" cy="2345027"/>
+            <a:chOff x="1734707" y="1861273"/>
+            <a:chExt cx="2245882" cy="1972170"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:graphicFrame>
           <p:nvGraphicFramePr>
-            <p:cNvPr id="75" name="全GＺ右">
-[...15 lines deleted...]
-            </p:nvPr>
+            <p:cNvPr id="107" name="Google Shape;107;p4"/>
+            <p:cNvGraphicFramePr/>
+            <p:nvPr/>
           </p:nvGraphicFramePr>
           <p:xfrm>
             <a:off x="1756112" y="1961489"/>
             <a:ext cx="2224477" cy="1871954"/>
           </p:xfrm>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
               <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
             </a:graphicData>
           </a:graphic>
         </p:graphicFrame>
         <p:graphicFrame>
           <p:nvGraphicFramePr>
-            <p:cNvPr id="76" name="全G他右">
-[...15 lines deleted...]
-            </p:nvPr>
+            <p:cNvPr id="108" name="Google Shape;108;p4"/>
+            <p:cNvGraphicFramePr/>
+            <p:nvPr/>
           </p:nvGraphicFramePr>
           <p:xfrm>
-            <a:off x="1766420" y="1817214"/>
+            <a:off x="1734707" y="1861273"/>
             <a:ext cx="2084589" cy="1928252"/>
           </p:xfrm>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
               <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
             </a:graphicData>
           </a:graphic>
         </p:graphicFrame>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="77" name="WordArt 6">
-[...8 lines deleted...]
-            </p:cNvSpPr>
+            <p:cNvPr id="109" name="Google Shape;109;p4"/>
+            <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
-          <p:spPr bwMode="auto">
+          <p:spPr>
             <a:xfrm>
-              <a:off x="3219413" y="2068548"/>
+              <a:off x="3295193" y="2318505"/>
               <a:ext cx="642872" cy="228686"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
-            <a:extLst>
-[...5 lines deleted...]
-            </a:extLst>
           </p:spPr>
           <p:txBody>
-            <a:bodyPr wrap="none" fromWordArt="1">
+            <a:bodyPr>
               <a:prstTxWarp prst="textPlain">
-                <a:avLst>
-[...1 lines deleted...]
-                </a:avLst>
+                <a:avLst/>
               </a:prstTxWarp>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="dist"/>
+              <a:pPr lvl="0" algn="just"/>
               <a:r>
-                <a:rPr lang="en-US" altLang="ja-JP" sz="2100" b="1" kern="10" spc="-105" dirty="0">
-                  <a:ln w="12700">
+                <a:rPr b="1" i="0">
+                  <a:ln w="12700" cap="flat" cmpd="sng">
                     <a:solidFill>
-                      <a:schemeClr val="tx1"/>
+                      <a:schemeClr val="dk1"/>
                     </a:solidFill>
+                    <a:prstDash val="solid"/>
                     <a:round/>
-                    <a:headEnd/>
-                    <a:tailEnd/>
+                    <a:headEnd type="none" w="sm" len="sm"/>
+                    <a:tailEnd type="none" w="sm" len="sm"/>
                   </a:ln>
                   <a:solidFill>
-                    <a:schemeClr val="bg1"/>
+                    <a:schemeClr val="lt1"/>
                   </a:solidFill>
-                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
-[...1 lines deleted...]
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:latin typeface="Arial"/>
                 </a:rPr>
                 <a:t>ZIP-FM</a:t>
               </a:r>
-              <a:endParaRPr lang="ja-JP" altLang="en-US" sz="2100" b="1" kern="10" spc="-105" dirty="0">
-[...14 lines deleted...]
-              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="78" name="WordArt 6">
-[...8 lines deleted...]
-            </p:cNvSpPr>
+            <p:cNvPr id="110" name="Google Shape;110;p4"/>
+            <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
-          <p:spPr bwMode="auto">
+          <p:spPr>
             <a:xfrm>
-              <a:off x="3379986" y="2361389"/>
+              <a:off x="3376259" y="2620589"/>
               <a:ext cx="573329" cy="275200"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
-            <a:extLst>
-[...5 lines deleted...]
-            </a:extLst>
           </p:spPr>
           <p:txBody>
-            <a:bodyPr wrap="none" fromWordArt="1">
+            <a:bodyPr>
               <a:prstTxWarp prst="textPlain">
-                <a:avLst>
-[...1 lines deleted...]
-                </a:avLst>
+                <a:avLst/>
               </a:prstTxWarp>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="dist"/>
+              <a:pPr lvl="0" algn="just"/>
               <a:r>
-                <a:rPr lang="en-US" altLang="ja-JP" sz="2100" b="1" kern="10" spc="-105" dirty="0">
-                  <a:ln w="12700">
+                <a:rPr b="1" i="0">
+                  <a:ln w="12700" cap="flat" cmpd="sng">
                     <a:solidFill>
-                      <a:schemeClr val="tx1"/>
+                      <a:schemeClr val="dk1"/>
                     </a:solidFill>
+                    <a:prstDash val="solid"/>
                     <a:round/>
-                    <a:headEnd/>
-                    <a:tailEnd/>
+                    <a:headEnd type="none" w="sm" len="sm"/>
+                    <a:tailEnd type="none" w="sm" len="sm"/>
                   </a:ln>
                   <a:solidFill>
-                    <a:schemeClr val="bg1"/>
+                    <a:schemeClr val="lt1"/>
                   </a:solidFill>
-                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
-[...1 lines deleted...]
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:latin typeface="Arial"/>
                 </a:rPr>
-                <a:t>20</a:t>
-[...56 lines deleted...]
-                <a:t>％</a:t>
+                <a:t>３４．７％</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="79" name="正方形/長方形 78">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="111" name="Google Shape;111;p4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="663450" y="4307347"/>
             <a:ext cx="8723118" cy="2219490"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFF99"/>
           </a:solidFill>
-          <a:ln w="25400">
+          <a:ln w="25400" cap="flat" cmpd="sng">
             <a:solidFill>
-              <a:schemeClr val="bg2">
-[...1 lines deleted...]
-              </a:schemeClr>
+              <a:srgbClr val="A2A2A2"/>
             </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...2 lines deleted...]
-              <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1800">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="83" name="グループ化 82">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="112" name="Google Shape;112;p4"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="1784648" y="4062328"/>
             <a:ext cx="6436043" cy="473889"/>
             <a:chOff x="1189685" y="4176045"/>
             <a:chExt cx="4269152" cy="473889"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="84" name="四角形: 角を丸くする 37">
-[...5 lines deleted...]
-            </p:cNvPr>
+            <p:cNvPr id="113" name="Google Shape;113;p4"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1197615" y="4176045"/>
               <a:ext cx="4261222" cy="473889"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
-              <a:avLst/>
+              <a:avLst>
+                <a:gd name="adj" fmla="val 16667"/>
+              </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FF9900"/>
             </a:solidFill>
-            <a:ln>
+            <a:ln w="25400" cap="flat" cmpd="sng">
               <a:solidFill>
-                <a:schemeClr val="bg2">
-[...1 lines deleted...]
-                </a:schemeClr>
+                <a:srgbClr val="A2A2A2"/>
               </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </p:spPr>
-          <p:style>
-[...14 lines deleted...]
-          </p:style>
           <p:txBody>
-            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+              <a:noAutofit/>
+            </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr"/>
-[...2 lines deleted...]
-                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buNone/>
+              </a:pPr>
+              <a:endParaRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="85" name="テキスト ボックス 84">
-[...5 lines deleted...]
-            </p:cNvPr>
+            <p:cNvPr id="114" name="Google Shape;114;p4"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1189685" y="4244231"/>
               <a:ext cx="4266727" cy="338554"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
           </p:spPr>
           <p:txBody>
-            <a:bodyPr wrap="square">
+            <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr" defTabSz="1043056" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
-                <a:defRPr/>
+                <a:buNone/>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                <a:rPr lang="ja-JP" sz="1600">
                   <a:solidFill>
-                    <a:schemeClr val="bg1"/>
+                    <a:schemeClr val="lt1"/>
                   </a:solidFill>
-                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
-                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:latin typeface="Arial"/>
+                  <a:ea typeface="Arial"/>
+                  <a:cs typeface="Arial"/>
+                  <a:sym typeface="Arial"/>
                 </a:rPr>
-                <a:t>「</a:t>
+                <a:t>「Neue Music」は、1週間で35万人に聴かれています！</a:t>
               </a:r>
-              <a:r>
-[...58 lines deleted...]
-              </a:r>
+              <a:endParaRPr/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="92" name="テキスト ボックス 17"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="115" name="Google Shape;115;p4"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="1665384" y="4739075"/>
             <a:ext cx="5238935" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mn-ea"/>
+              <a:rPr lang="ja-JP" sz="1600" u="sng">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>●「</a:t>
+              <a:t>●「Neue Music」の1週間のユニークリーチ(到達率)・・・</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0" err="1">
-[...1 lines deleted...]
-                <a:ea typeface="+mn-ea"/>
+              <a:rPr lang="ja-JP" sz="1600" b="1" u="sng">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>Neue</a:t>
+              <a:t>3.5%</a:t>
             </a:r>
-            <a:r>
-[...61 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="93" name="テキスト ボックス 19"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="116" name="Google Shape;116;p4"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="3751675" y="6007583"/>
             <a:ext cx="3504486" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mn-ea"/>
+              <a:rPr lang="ja-JP" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>重複を除く正味到達人数</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
-[...1 lines deleted...]
-              <a:ea typeface="+mn-ea"/>
+            <a:endParaRPr sz="1200">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mn-ea"/>
+              <a:rPr lang="ja-JP" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>中京圏の</a:t>
+              <a:t>中京圏のZIP-FM良好聴取エリア内の男女12～69才</a:t>
             </a:r>
-            <a:r>
-[...43 lines deleted...]
-              <a:ea typeface="+mn-ea"/>
+            <a:endParaRPr sz="1200">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="94" name="テキスト ボックス 18"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="117" name="Google Shape;117;p4"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="3749946" y="5238142"/>
-            <a:ext cx="4312399" cy="769441"/>
+            <a:off x="3721894" y="5238142"/>
+            <a:ext cx="4368504" cy="769441"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="4400" b="1" dirty="0">
+              <a:rPr lang="ja-JP" sz="4400" b="1">
                 <a:solidFill>
                   <a:srgbClr val="EA6431"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-ea"/>
-                <a:ea typeface="+mn-ea"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>30</a:t>
+              <a:t>35万人／</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="4400" b="1" dirty="0">
+              <a:rPr lang="ja-JP" sz="3200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="EA6431"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-ea"/>
-                <a:ea typeface="+mn-ea"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>万人／</a:t>
+              <a:t>1,000万人</a:t>
             </a:r>
-            <a:r>
-[...19 lines deleted...]
-            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="3200" b="1" dirty="0">
+            <a:endParaRPr sz="3200" b="1">
               <a:solidFill>
                 <a:srgbClr val="EA6431"/>
               </a:solidFill>
-              <a:latin typeface="+mn-ea"/>
-              <a:ea typeface="+mn-ea"/>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="95" name="テキスト ボックス 17"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="118" name="Google Shape;118;p4"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="1638444" y="5307503"/>
             <a:ext cx="1941557" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mn-ea"/>
+              <a:rPr lang="ja-JP" sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>人口換算すると</a:t>
+              <a:t>人口換算すると…</a:t>
             </a:r>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="96" name="テキスト ボックス 95">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="119" name="Google Shape;119;p4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="726306" y="6596789"/>
-            <a:ext cx="8306636" cy="200055"/>
+            <a:ext cx="8306636" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:rPr lang="ja-JP" sz="800">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>株式会社ビデオリサーチ調べ　中京圏ラジオ調査 </a:t>
+              <a:t>株式会社ビデオリサーチ調べ　中京圏ラジオ調査 2025年12月度 </a:t>
             </a:r>
-            <a:r>
-[...29 lines deleted...]
-              <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+            <a:endParaRPr sz="800">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="1" name="Shape 123"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="正方形/長方形 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="124" name="Google Shape;124;p5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5025008" y="1966705"/>
             <a:ext cx="4536504" cy="4328326"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFF99"/>
           </a:solidFill>
-          <a:ln>
+          <a:ln w="25400" cap="flat" cmpd="sng">
             <a:solidFill>
-              <a:schemeClr val="bg2">
-[...1 lines deleted...]
-              </a:schemeClr>
+              <a:srgbClr val="A2A2A2"/>
             </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1800">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="8" name="グラフ 7">
-[...15 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="125" name="Google Shape;125;p5"/>
+          <p:cNvGraphicFramePr/>
+          <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5066013" y="2200356"/>
           <a:ext cx="4448137" cy="2845995"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15" name="正方形/長方形 14">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="126" name="Google Shape;126;p5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="347496" y="1966705"/>
             <a:ext cx="4536504" cy="4328326"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFF99"/>
           </a:solidFill>
-          <a:ln>
+          <a:ln w="25400" cap="flat" cmpd="sng">
             <a:solidFill>
-              <a:schemeClr val="bg2">
-[...1 lines deleted...]
-              </a:schemeClr>
+              <a:srgbClr val="A2A2A2"/>
             </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1800">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="2" name="グラフ 1">
-[...15 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="127" name="Google Shape;127;p5"/>
+          <p:cNvGraphicFramePr/>
+          <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="350896" y="2289910"/>
           <a:ext cx="4572000" cy="2743200"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Text Box 2">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="128" name="Google Shape;128;p5"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="344488" y="260648"/>
             <a:ext cx="7561387" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...105 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mj-ea"/>
+              <a:rPr lang="ja-JP" sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>◆</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mj-ea"/>
+              <a:rPr lang="ja-JP" sz="2000" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>Ｎｅｕｅ Ｍｕｓｉｃ</a:t>
+              <a:t>Ｎｅｕｅ Ｍｕｓｉｃ　＜聴取者構成＞</a:t>
             </a:r>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="四角形: 角を丸くする 50">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="129" name="Google Shape;129;p5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5922571" y="1518193"/>
             <a:ext cx="2735019" cy="448511"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
-            <a:avLst/>
+            <a:avLst>
+              <a:gd name="adj" fmla="val 16667"/>
+            </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="00B0F0"/>
           </a:solidFill>
-          <a:ln>
+          <a:ln w="25400" cap="flat" cmpd="sng">
             <a:solidFill>
-              <a:schemeClr val="bg2">
-[...1 lines deleted...]
-              </a:schemeClr>
+              <a:srgbClr val="A2A2A2"/>
             </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:rPr lang="ja-JP" sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
               <a:t>男女年代別構成</a:t>
             </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="14" name="表 13">
-[...8 lines deleted...]
-          </p:cNvGraphicFramePr>
+          <p:cNvPr id="130" name="Google Shape;130;p5"/>
+          <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3321068052"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3774440273"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5156482" y="5164413"/>
-          <a:ext cx="4267200" cy="906780"/>
+          <a:ext cx="4267200" cy="906790"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
-              <a:tblPr/>
+              <a:tblPr>
+                <a:noFill/>
+                <a:tableStyleId>{2D266BB6-9CC4-450B-B4D2-D4B62277B3E4}</a:tableStyleId>
+              </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="609600">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2712265113"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="609600">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="982957887"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="609600">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="689314784"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="609600">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4116244407"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20003"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="609600">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3848452236"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20004"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="609600">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3428843892"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20005"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="609600">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1301916377"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20006"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
-              <a:tr h="274320">
+              <a:tr h="274325">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>　</a:t>
                       </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="7625" marR="7625" marT="7625" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="lt1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>男性 </a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                      <a:endParaRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
-                        <a:effectLst/>
-[...1 lines deleted...]
-                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>12</a:t>
+                        <a:t>12～19才</a:t>
                       </a:r>
-                      <a:r>
-[...31 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="7625" marR="7625" marT="7625" marB="0" anchor="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="99CCFF"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>男性 </a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                      <a:endParaRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
-                        <a:effectLst/>
-[...1 lines deleted...]
-                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>20</a:t>
+                        <a:t>20～29才</a:t>
                       </a:r>
-                      <a:r>
-[...31 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="7625" marR="7625" marT="7625" marB="0" anchor="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="33CCFF"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>男性 </a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                      <a:endParaRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
-                        <a:effectLst/>
-[...1 lines deleted...]
-                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>30</a:t>
+                        <a:t>30～39才</a:t>
                       </a:r>
-                      <a:r>
-[...31 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="7625" marR="7625" marT="7625" marB="0" anchor="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="0099FF"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>男性 </a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                      <a:endParaRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
-                        <a:effectLst/>
-[...1 lines deleted...]
-                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>40</a:t>
+                        <a:t>40～49才</a:t>
                       </a:r>
-                      <a:r>
-[...31 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="7625" marR="7625" marT="7625" marB="0" anchor="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="3366FF"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>男性 </a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                      <a:endParaRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
-                        <a:effectLst/>
-[...1 lines deleted...]
-                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>50</a:t>
+                        <a:t>50～59才</a:t>
                       </a:r>
-                      <a:r>
-[...31 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="7625" marR="7625" marT="7625" marB="0" anchor="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="0033CC"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>男性 </a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                      <a:endParaRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
-                        <a:effectLst/>
-[...1 lines deleted...]
-                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>60</a:t>
+                        <a:t>60～69才</a:t>
                       </a:r>
-                      <a:r>
-[...31 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="7625" marR="7625" marT="7625" marB="0" anchor="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="333399"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2424355263"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="167640">
+              <a:tr h="167650">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="800"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="800" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>20:00-22:00</a:t>
                       </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="7625" marR="7625" marT="7625" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="lt1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>4.5</a:t>
+                        <a:t>1</a:t>
                       </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>.</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>9</a:t>
+                      </a:r>
+                      <a:endParaRPr dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="lt1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>7.0</a:t>
+                        <a:t>3</a:t>
                       </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>.</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:endParaRPr dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="lt1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>11.8</a:t>
+                        <a:t>11.</a:t>
                       </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>6</a:t>
+                      </a:r>
+                      <a:endParaRPr dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="lt1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>17.6</a:t>
+                        <a:t>20</a:t>
                       </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>.</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
+                      </a:r>
+                      <a:endParaRPr dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="lt1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>29.5</a:t>
+                        <a:t>2</a:t>
                       </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>.</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
+                      </a:r>
+                      <a:endParaRPr dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="lt1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>1.9</a:t>
+                        <a:t>9</a:t>
                       </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>.</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>7</a:t>
+                      </a:r>
+                      <a:endParaRPr dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="lt1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="471739183"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="274320">
+              <a:tr h="274325">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>　</a:t>
                       </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="7625" marR="7625" marT="7625" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="lt1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>女性 </a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                      <a:endParaRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
-                        <a:effectLst/>
-[...1 lines deleted...]
-                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>12</a:t>
+                        <a:t>12～19才</a:t>
                       </a:r>
-                      <a:r>
-[...31 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="7625" marR="7625" marT="7625" marB="0" anchor="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="FFCCFF"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>女性 </a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                      <a:endParaRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
-                        <a:effectLst/>
-[...1 lines deleted...]
-                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>20</a:t>
+                        <a:t>20～29才</a:t>
                       </a:r>
-                      <a:r>
-[...31 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="7625" marR="7625" marT="7625" marB="0" anchor="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="FF99FF"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>女性 </a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                      <a:endParaRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
-                        <a:effectLst/>
-[...1 lines deleted...]
-                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>30</a:t>
+                        <a:t>30～39才</a:t>
                       </a:r>
-                      <a:r>
-[...31 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="7625" marR="7625" marT="7625" marB="0" anchor="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="FF66FF"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>女性 </a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                      <a:endParaRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
-                        <a:effectLst/>
-[...1 lines deleted...]
-                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>40</a:t>
+                        <a:t>40～49才</a:t>
                       </a:r>
-                      <a:r>
-[...31 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="7625" marR="7625" marT="7625" marB="0" anchor="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="FF00FF"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>女性 </a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                      <a:endParaRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
-                        <a:effectLst/>
-[...1 lines deleted...]
-                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>50</a:t>
+                        <a:t>50～59才</a:t>
                       </a:r>
-                      <a:r>
-[...31 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="7625" marR="7625" marT="7625" marB="0" anchor="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="CC00CC"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>女性</a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                      <a:endParaRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
-                        <a:effectLst/>
-[...1 lines deleted...]
-                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t> </a:t>
+                        <a:t> 60～69才</a:t>
                       </a:r>
-                      <a:r>
-[...42 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="7625" marR="7625" marT="7625" marB="0" anchor="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="660066"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2114801994"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="175260">
+              <a:tr h="175250">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="800"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="800" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>20:00-22:00</a:t>
                       </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                  <a:tcPr marL="7625" marR="7625" marT="7625" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="lt1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>2.7</a:t>
+                        <a:t>1</a:t>
                       </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>.7</a:t>
+                      </a:r>
+                      <a:endParaRPr dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="lt1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>1.4</a:t>
+                        <a:t>0</a:t>
                       </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>.</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                      <a:endParaRPr dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="lt1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>6.3</a:t>
+                        <a:t>6.</a:t>
                       </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
+                      </a:r>
+                      <a:endParaRPr dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="lt1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>6.5</a:t>
+                        <a:t>7</a:t>
                       </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>.</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
+                      </a:r>
+                      <a:endParaRPr dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="lt1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>5.7</a:t>
+                        <a:t>10</a:t>
                       </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>.</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>8</a:t>
+                      </a:r>
+                      <a:endParaRPr dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="lt1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="900"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>5.1</a:t>
+                        <a:t>3</a:t>
                       </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>.</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
+                      </a:r>
+                      <a:endParaRPr dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
-                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnL w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
-                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnT w="9525" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="med" len="med"/>
-                      <a:tailEnd type="none" w="med" len="med"/>
+                      <a:headEnd type="none" w="sm" len="sm"/>
+                      <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1"/>
+                      <a:schemeClr val="lt1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2390851049"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="16" name="四角形: 角を丸くする 50">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="131" name="Google Shape;131;p5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1162978" y="1536651"/>
             <a:ext cx="2735019" cy="448511"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
-            <a:avLst/>
+            <a:avLst>
+              <a:gd name="adj" fmla="val 16667"/>
+            </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="00B0F0"/>
           </a:solidFill>
-          <a:ln>
+          <a:ln w="25400" cap="flat" cmpd="sng">
             <a:solidFill>
-              <a:schemeClr val="bg2">
-[...1 lines deleted...]
-              </a:schemeClr>
+              <a:srgbClr val="A2A2A2"/>
             </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:rPr lang="ja-JP" sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
               <a:t>男女比</a:t>
             </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="Text Box 2">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="132" name="Google Shape;132;p5"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="285107" y="5263860"/>
             <a:ext cx="4674164" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...105 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mj-ea"/>
+              <a:rPr lang="ja-JP" sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>「</a:t>
+              <a:t>「Neue Music」リスナーの</a:t>
             </a:r>
-            <a:r>
-[...22 lines deleted...]
-              <a:ea typeface="+mj-ea"/>
+            <a:endParaRPr sz="2000">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="ja-JP" sz="2000">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-                <a:ea typeface="+mj-ea"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>約</a:t>
+              <a:t>約7.</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="2000" dirty="0">
+              <a:rPr lang="ja-JP" sz="2000">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-                <a:ea typeface="+mj-ea"/>
               </a:rPr>
-              <a:t>7.2</a:t>
+              <a:t>1</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="ja-JP" sz="2000">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-                <a:ea typeface="+mj-ea"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>割が男性</a:t>
+              <a:t>割が男性 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="2000" dirty="0">
-[...4 lines deleted...]
-                <a:ea typeface="+mj-ea"/>
+              <a:rPr lang="ja-JP" sz="2000">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>約2.</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="ja-JP" sz="2000">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-                <a:ea typeface="+mj-ea"/>
               </a:rPr>
-              <a:t>約</a:t>
+              <a:t>9</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="2000" dirty="0">
+              <a:rPr lang="ja-JP" sz="2000">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...10 lines deleted...]
-                <a:ea typeface="+mj-ea"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>割が女性</a:t>
             </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="23" name="テキスト ボックス 22">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="133" name="Google Shape;133;p5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="726306" y="6497324"/>
             <a:ext cx="8306636" cy="200055"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:rPr lang="ja-JP" sz="700" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>株式会社ビデオリサーチ調べ　中京圏ラジオ調査 </a:t>
-[...13 lines deleted...]
-              <a:t>年</a:t>
+              <a:t>株式会社ビデオリサーチ調べ　中京圏ラジオ調査 2025年</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
-                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
-                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>6</a:t>
+              <a:t>12</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:rPr lang="ja-JP" sz="700" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>月度 </a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
-[...1 lines deleted...]
-              <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+            <a:endParaRPr sz="700" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="24" name="Text Box 2">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="134" name="Google Shape;134;p5"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="344488" y="961941"/>
             <a:ext cx="7561387" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...105 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+              <a:rPr lang="ja-JP" sz="1600" u="sng">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
-                <a:latin typeface="+mj-ea"/>
-                <a:ea typeface="+mj-ea"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>●（月～木）</a:t>
+              <a:t>●（月～木）20:00～22:00における12-69歳男女のリスナー層</a:t>
             </a:r>
-            <a:r>
-[...58 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="2" name="Chart 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3668219748"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="455748" y="2221510"/>
+          <a:ext cx="4320000" cy="2880000"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="3" name="Chart 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="212486484"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="5194150" y="2221510"/>
+          <a:ext cx="4320000" cy="2880000"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 139"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="図 1"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr id="140" name="Google Shape;140;p6"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...3 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="321629" y="1467176"/>
             <a:ext cx="2471131" cy="2328485"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Text Box 2"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="141" name="Google Shape;141;p6"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="344488" y="260648"/>
             <a:ext cx="7561387" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...105 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mj-ea"/>
+              <a:rPr lang="ja-JP" sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>◆</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mj-ea"/>
+              <a:rPr lang="ja-JP" sz="2000" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>Ｎｅｕｅ Ｍｕｓｉｃ</a:t>
+              <a:t>Ｎｅｕｅ Ｍｕｓｉｃ　＜番組ＳＮＳ＞</a:t>
             </a:r>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="テキスト ボックス 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="142" name="Google Shape;142;p6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="200472" y="993512"/>
             <a:ext cx="9080406" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
-[...6 lines deleted...]
-              <a:defRPr/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+              <a:rPr lang="ja-JP" sz="1600" u="sng">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
-                <a:latin typeface="+mj-ea"/>
-[...1 lines deleted...]
-                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>●番組</a:t>
+              <a:t>●番組X：@Neue_Musik_778／約15,000人</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
-[...5 lines deleted...]
-                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:rPr lang="ja-JP" sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>X</a:t>
+              <a:t>			 　</a:t>
             </a:r>
-            <a:r>
-[...73 lines deleted...]
-              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            <a:endParaRPr sz="1600" i="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="図 3"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr id="143" name="Google Shape;143;p6"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...3 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="354076" y="3930771"/>
             <a:ext cx="2189601" cy="2522565"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="図 4"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr id="144" name="Google Shape;144;p6"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...3 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId5">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2936777" y="1467176"/>
             <a:ext cx="2094558" cy="2567634"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="図 5"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr id="145" name="Google Shape;145;p6"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...3 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId6">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3008784" y="4420937"/>
             <a:ext cx="2022550" cy="2282641"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="図 6"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr id="146" name="Google Shape;146;p6"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...3 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId7">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5175352" y="1467176"/>
             <a:ext cx="2246628" cy="1829344"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="図 8"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr id="147" name="Google Shape;147;p6"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...3 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId8">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5279797" y="3573016"/>
             <a:ext cx="2142183" cy="2441590"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="図 9"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr id="148" name="Google Shape;148;p6"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...3 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId9">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7565997" y="1467176"/>
             <a:ext cx="2096044" cy="2455366"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="11" name="図 10"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr id="149" name="Google Shape;149;p6"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...3 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId10">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7670442" y="4037816"/>
             <a:ext cx="1909985" cy="2404334"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 154"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="12" name="図 11"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr id="155" name="Google Shape;155;p7"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...3 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="606270" y="2359312"/>
             <a:ext cx="8576165" cy="733702"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Text Box 2"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="156" name="Google Shape;156;p7"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="344488" y="260648"/>
             <a:ext cx="7561387" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...105 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mj-ea"/>
+              <a:rPr lang="ja-JP" sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>◆</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mj-ea"/>
+              <a:rPr lang="ja-JP" sz="2000" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>Ｎｅｕｅ Ｍｕｓｉｃ</a:t>
+              <a:t>Ｎｅｕｅ Ｍｕｓｉｃ　＜リスナー・プロフィール＞</a:t>
             </a:r>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11" name="テキスト ボックス 10"/>
+          <p:cNvPr id="157" name="Google Shape;157;p7"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="352279" y="935432"/>
             <a:ext cx="9586513" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+              <a:rPr lang="ja-JP" sz="1600" u="sng">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
-                <a:latin typeface="+mj-ea"/>
-                <a:ea typeface="+mj-ea"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>●</a:t>
+              <a:t>●radiko全体のリスナーと比較して、「Neue Music」のリスナーのポイントが高いプロフィール</a:t>
             </a:r>
-            <a:r>
-[...39 lines deleted...]
-            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+            <a:endParaRPr sz="1600" u="sng">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
-              <a:latin typeface="+mj-ea"/>
-              <a:ea typeface="+mj-ea"/>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="図 1"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr id="158" name="Google Shape;158;p7"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...3 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="606270" y="1543198"/>
             <a:ext cx="8593725" cy="710697"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="13" name="図 12"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr id="159" name="Google Shape;159;p7"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...3 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId5">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="616811" y="3198431"/>
             <a:ext cx="8555082" cy="740031"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="14" name="図 13"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr id="160" name="Google Shape;160;p7"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...3 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId6">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="632520" y="4043879"/>
             <a:ext cx="8549915" cy="732850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="15" name="図 14"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr id="161" name="Google Shape;161;p7"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...3 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId7">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="633715" y="4863565"/>
             <a:ext cx="8566280" cy="741704"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="16" name="図 15"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr id="162" name="Google Shape;162;p7"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...3 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId8">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="632520" y="5705008"/>
             <a:ext cx="8567475" cy="749959"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 167"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Text Box 2"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="168" name="Google Shape;168;p8"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="344489" y="260648"/>
             <a:ext cx="6480720" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...105 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mj-ea"/>
+              <a:rPr lang="ja-JP" sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>◆</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="+mj-ea"/>
+              <a:rPr lang="ja-JP" sz="2000" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>Ｎｅｕｅ Ｍｕｓｉｃ</a:t>
+              <a:t>Ｎｅｕｅ Ｍｕｓｉｃ　＜タイムテーブル＞</a:t>
             </a:r>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="3" name="表 2">
-[...15 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="169" name="Google Shape;169;p8"/>
+          <p:cNvGraphicFramePr/>
+          <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="749023" y="1268760"/>
-          <a:ext cx="8424937" cy="1922334"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr bandRow="1">
-                <a:tableStyleId>{5DA37D80-6434-44D0-A028-1B22A696006F}</a:tableStyleId>
+                <a:noFill/>
+                <a:tableStyleId>{F909E499-F35F-4C8D-A507-9A5E956A3019}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="1328870">
+                <a:gridCol w="1328875">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1401434">
+                <a:gridCol w="1401425">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="5694633">
+                <a:gridCol w="5694625">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
-              <a:tr h="525938">
+              <a:tr h="525950">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1400" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="bg1"/>
+                            <a:schemeClr val="lt1"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="+mj-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>START</a:t>
                       </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:solidFill>
-                      <a:schemeClr val="accent5">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:srgbClr val="2EA6D9"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1400" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="bg1"/>
+                            <a:schemeClr val="lt1"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="+mj-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>END</a:t>
                       </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:solidFill>
-                      <a:schemeClr val="accent5">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:srgbClr val="2EA6D9"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1400" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1400" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="bg1"/>
+                            <a:schemeClr val="lt1"/>
                           </a:solidFill>
-                          <a:effectLst/>
                         </a:rPr>
                         <a:t>コーナー・タイトル</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                      <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
-                          <a:schemeClr val="bg1"/>
+                          <a:schemeClr val="lt1"/>
                         </a:solidFill>
-                        <a:effectLst/>
-[...1 lines deleted...]
-                        <a:ea typeface="+mj-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:solidFill>
-                      <a:schemeClr val="accent5">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:srgbClr val="2EA6D9"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="338158">
+              <a:tr h="338150">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="+mj-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>19:58</a:t>
                       </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="+mj-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>20:00</a:t>
                       </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="+mj-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>　</a:t>
+                        <a:t>　TIME SIGNAL</a:t>
                       </a:r>
-                      <a:r>
-[...32 lines deleted...]
-                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                      <a:endParaRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
-                        <a:effectLst/>
-[...1 lines deleted...]
-                        <a:ea typeface="+mj-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2386700441"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="338158">
+              <a:tr h="338150">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="+mj-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>20:0</a:t>
+                        <a:t>20:0１</a:t>
                       </a:r>
-                      <a:r>
-[...10 lines deleted...]
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                      <a:endParaRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
-                        <a:effectLst/>
-[...1 lines deleted...]
-                        <a:ea typeface="+mj-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="b"/>
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr sz="1100" b="1" i="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
-                        <a:effectLst/>
-[...1 lines deleted...]
-                        <a:ea typeface="+mj-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="+mj-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>　</a:t>
+                        <a:t>　OPENER〜</a:t>
                       </a:r>
-                      <a:r>
-[...10 lines deleted...]
-                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                      <a:endParaRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
-                        <a:effectLst/>
-[...1 lines deleted...]
-                        <a:ea typeface="+mj-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="813977691"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="360040">
+              <a:tr h="360050">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="+mj-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>21:57</a:t>
                       </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="b"/>
-                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr sz="1100" b="1" i="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
-                        <a:effectLst/>
-[...1 lines deleted...]
-                        <a:ea typeface="+mj-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="+mj-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>　</a:t>
+                        <a:t>　CLOSER～</a:t>
                       </a:r>
-                      <a:r>
-[...21 lines deleted...]
-                      <a:endParaRPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                      <a:endParaRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
-                        <a:effectLst/>
-[...1 lines deleted...]
-                        <a:ea typeface="+mj-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="643877542"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="360040">
+              <a:tr h="360050">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="+mj-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>21:58</a:t>
                       </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="+mj-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>22:00</a:t>
                       </a:r>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...1 lines deleted...]
-                          <a:ea typeface="+mj-ea"/>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
                         </a:rPr>
-                        <a:t>　</a:t>
+                        <a:t>　TIME SIGNAL</a:t>
                       </a:r>
-                      <a:r>
-[...32 lines deleted...]
-                      <a:endParaRPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                      <a:endParaRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
-                        <a:effectLst/>
-[...1 lines deleted...]
-                        <a:ea typeface="+mj-ea"/>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2257819370"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="標準デザイン">
   <a:themeElements>
     <a:clrScheme name="ZIP COLOR1">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="797B84"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="D8D8D8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="EB6432"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="797B84"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="43AC77"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="B13483"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="79C6E7"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F28B84"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0070C0"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="固定フォント">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="HGPｺﾞｼｯｸE"/>
-        <a:ea typeface="HGPｺﾞｼｯｸE"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
         <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="HGPｺﾞｼｯｸE"/>
-        <a:ea typeface="HGPｺﾞｼｯｸE"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
         <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-[...5 lines deleted...]
-                <a:shade val="93000"/>
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-[...78 lines deleted...]
-                <a:tint val="40000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
                 <a:satMod val="350000"/>
-              </a:schemeClr>
-[...695 lines deleted...]
-                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr">
               <a:shade val="95000"/>
               <a:satMod val="105000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
@@ -23181,207 +24329,205 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="BBE0E3"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="333399"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="FFFFFF"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="000000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="DAEDEF"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="2D2D8A"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="009999"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="99CC00"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-[...5 lines deleted...]
-                <a:shade val="93000"/>
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr">
               <a:shade val="95000"/>
               <a:satMod val="105000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
@@ -23467,96 +24613,87 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>684</Words>
+  <Words>631</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>A4 210 x 297 mm</PresentationFormat>
   <Paragraphs>143</Paragraphs>
   <Slides>8</Slides>
-  <Notes>6</Notes>
+  <Notes>8</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>使用されているフォント</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>テーマ</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>スライド タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="15" baseType="lpstr">
+    <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>HGPｺﾞｼｯｸE</vt:lpstr>
-      <vt:lpstr>HGP創英角ｺﾞｼｯｸUB</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>ＭＳ Ｐゴシック</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>標準デザイン</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ZIP-FM</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>MUSIC DAY</dc:title>
-  <dc:subject>hiroyuki</dc:subject>
   <dc:creator>hiroyuki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:contentStatus/>
 </cp:coreProperties>
 </file>