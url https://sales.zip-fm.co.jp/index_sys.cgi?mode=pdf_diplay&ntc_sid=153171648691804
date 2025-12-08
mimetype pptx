--- v0 (2025-10-21)
+++ v1 (2025-12-08)
@@ -4542,80 +4542,80 @@
         <a:defRPr kumimoji="1" sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr kumimoji="1" sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="8" name="表 7"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1324367884"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="480646572"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="390640" y="1014984"/>
           <a:ext cx="5040000" cy="5578808"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1260000">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="3780000">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
@@ -5491,83 +5491,83 @@
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="tx2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" dirty="0">
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
                         <a:t>16</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="0" dirty="0">
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
                         <a:t>～</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" dirty="0">
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
                         <a:t>34</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="0" dirty="0">
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
                         <a:t>歳　男・女</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -5901,86 +5901,50 @@
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>21</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="2400" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>：</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="2400" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>00-23:00</a:t>
             </a:r>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2400" dirty="0">
               <a:latin typeface="+mj-ea"/>
               <a:ea typeface="+mj-ea"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...34 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="298557482"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="標準デザイン">
   <a:themeElements>
     <a:clrScheme name="ZIP COLOR1">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="797B84"/>