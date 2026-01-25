--- v0 (2025-10-21)
+++ v1 (2026-01-25)
@@ -1,13224 +1,23181 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
+  <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/ppt/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/ppt/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/ppt/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/ppt/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/ppt/charts/chart7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/ppt/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/ppt/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" firstSlideNum="0" showSpecialPlsOnTitleSld="0" strictFirstAndLastChars="0" saveSubsetFonts="1" autoCompressPictures="0">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" firstSlideNum="0" showSpecialPlsOnTitleSld="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId3"/>
+    <p:notesMasterId r:id="rId10"/>
   </p:notesMasterIdLst>
+  <p:handoutMasterIdLst>
+    <p:handoutMasterId r:id="rId11"/>
+  </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId2"/>
+    <p:sldId id="461" r:id="rId2"/>
+    <p:sldId id="484" r:id="rId3"/>
+    <p:sldId id="505" r:id="rId4"/>
+    <p:sldId id="498" r:id="rId5"/>
+    <p:sldId id="503" r:id="rId6"/>
+    <p:sldId id="483" r:id="rId7"/>
+    <p:sldId id="504" r:id="rId8"/>
+    <p:sldId id="485" r:id="rId9"/>
   </p:sldIdLst>
   <p:sldSz cx="9906000" cy="6858000" type="A4"/>
   <p:notesSz cx="9866313" cy="6735763"/>
   <p:defaultTextStyle>
-    <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
-[...2 lines deleted...]
-      </a:lnSpc>
+    <a:defPPr>
+      <a:defRPr lang="ja-JP"/>
+    </a:defPPr>
+    <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
       <a:spcBef>
-        <a:spcPts val="0"/>
+        <a:spcPct val="0"/>
       </a:spcBef>
       <a:spcAft>
-        <a:spcPts val="0"/>
+        <a:spcPct val="0"/>
       </a:spcAft>
-    </a:defPPr>
-[...3 lines deleted...]
-      </a:lnSpc>
+      <a:defRPr kumimoji="1" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl1pPr>
+    <a:lvl2pPr marL="457200" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
       <a:spcBef>
-        <a:spcPts val="0"/>
+        <a:spcPct val="0"/>
       </a:spcBef>
       <a:spcAft>
-        <a:spcPts val="0"/>
+        <a:spcPct val="0"/>
       </a:spcAft>
-      <a:buClr>
-[...3 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr kumimoji="1" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
-    </a:lvl1pPr>
-[...3 lines deleted...]
-      </a:lnSpc>
+    </a:lvl2pPr>
+    <a:lvl3pPr marL="914400" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
       <a:spcBef>
-        <a:spcPts val="0"/>
+        <a:spcPct val="0"/>
       </a:spcBef>
       <a:spcAft>
-        <a:spcPts val="0"/>
+        <a:spcPct val="0"/>
       </a:spcAft>
-      <a:buClr>
-[...3 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr kumimoji="1" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
-    </a:lvl2pPr>
-[...3 lines deleted...]
-      </a:lnSpc>
+    </a:lvl3pPr>
+    <a:lvl4pPr marL="1371600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
       <a:spcBef>
-        <a:spcPts val="0"/>
+        <a:spcPct val="0"/>
       </a:spcBef>
       <a:spcAft>
-        <a:spcPts val="0"/>
+        <a:spcPct val="0"/>
       </a:spcAft>
-      <a:buClr>
-[...3 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr kumimoji="1" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
-    </a:lvl3pPr>
-[...3 lines deleted...]
-      </a:lnSpc>
+    </a:lvl4pPr>
+    <a:lvl5pPr marL="1828800" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
       <a:spcBef>
-        <a:spcPts val="0"/>
+        <a:spcPct val="0"/>
       </a:spcBef>
       <a:spcAft>
-        <a:spcPts val="0"/>
+        <a:spcPct val="0"/>
       </a:spcAft>
-      <a:buClr>
-[...3 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr kumimoji="1" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...26 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr kumimoji="1" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr kumimoji="1" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr kumimoji="1" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr kumimoji="1" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
+    <p:ext uri="{521415D9-36F7-43E2-AB2F-B90AF26B5E84}">
+      <p14:sectionLst xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+        <p14:section name="既定のセクション" id="{AEBAB5F9-3ECE-49B3-BB35-F73CC38A1EAB}">
+          <p14:sldIdLst>
+            <p14:sldId id="461"/>
+            <p14:sldId id="484"/>
+            <p14:sldId id="505"/>
+            <p14:sldId id="498"/>
+            <p14:sldId id="503"/>
+            <p14:sldId id="483"/>
+            <p14:sldId id="504"/>
+            <p14:sldId id="485"/>
+          </p14:sldIdLst>
+        </p14:section>
+      </p14:sectionLst>
+    </p:ext>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" orient="horz" pos="4319">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="3" pos="3120">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
     <p:ext uri="{2D200454-40CA-4A62-9FC3-DE9A4176ACB9}">
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-        <p15:guide id="1" orient="horz" pos="2121">
+        <p15:guide id="1" orient="horz" pos="2121" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="2" pos="3107">
+        <p15:guide id="2" pos="3107" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:notesGuideLst>
-    </p:ext>
-[...1 lines deleted...]
-      <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" r:id="rId8" roundtripDataSignature="AMtx7mgFkGNl6UlV0581JaZmWKfA+ukjaQ=="/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
+  <p:clrMru>
+    <a:srgbClr val="0070C0"/>
+    <a:srgbClr val="FF0000"/>
+    <a:srgbClr val="660066"/>
+    <a:srgbClr val="DDC7DD"/>
+    <a:srgbClr val="CC00CC"/>
+    <a:srgbClr val="FF00FF"/>
+    <a:srgbClr val="FF66FF"/>
+    <a:srgbClr val="FFCCFF"/>
+    <a:srgbClr val="333399"/>
+    <a:srgbClr val="0033CC"/>
+  </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{7A2DCE9F-6F3E-4E16-AACB-E4FC365E09A9}">
-  <a:tblStyle styleId="{7A2DCE9F-6F3E-4E16-AACB-E4FC365E09A9}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
+  <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="中間スタイル 2 - アクセント 1">
     <a:wholeTbl>
-      <a:tcTxStyle b="off" i="off">
-[...4 lines deleted...]
-        </a:font>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
-            <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
-              <a:prstDash val="solid"/>
-[...2 lines deleted...]
-              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:left>
           <a:right>
-            <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
-              <a:prstDash val="solid"/>
-[...2 lines deleted...]
-              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:right>
           <a:top>
-            <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
-              <a:prstDash val="solid"/>
-[...2 lines deleted...]
-              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:top>
           <a:bottom>
-            <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
-              <a:prstDash val="solid"/>
-[...2 lines deleted...]
-              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:bottom>
           <a:insideH>
-            <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
-              <a:prstDash val="solid"/>
-[...2 lines deleted...]
-              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:insideH>
           <a:insideV>
-            <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
-              <a:prstDash val="solid"/>
-[...2 lines deleted...]
-              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:insideV>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
-            <a:srgbClr val="FBEAE7"/>
+            <a:schemeClr val="accent1">
+              <a:tint val="20000"/>
+            </a:schemeClr>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:wholeTbl>
     <a:band1H>
-      <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
         <a:fill>
           <a:solidFill>
-            <a:srgbClr val="F7D2CC"/>
+            <a:schemeClr val="accent1">
+              <a:tint val="40000"/>
+            </a:schemeClr>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:band1H>
     <a:band2H>
-      <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:band2H>
     <a:band1V>
-      <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
         <a:fill>
           <a:solidFill>
-            <a:srgbClr val="F7D2CC"/>
+            <a:schemeClr val="accent1">
+              <a:tint val="40000"/>
+            </a:schemeClr>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:band1V>
     <a:band2V>
-      <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:band2V>
     <a:lastCol>
-      <a:tcTxStyle b="on" i="off">
-[...4 lines deleted...]
-        </a:font>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr/>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:lastCol>
     <a:firstCol>
-      <a:tcTxStyle b="on" i="off">
-[...4 lines deleted...]
-        </a:font>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr/>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstCol>
     <a:lastRow>
-      <a:tcTxStyle b="on" i="off">
-[...4 lines deleted...]
-        </a:font>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:top>
-            <a:ln w="38100" cap="flat" cmpd="sng">
+            <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
-              <a:prstDash val="solid"/>
-[...2 lines deleted...]
-              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:top>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:lastRow>
-    <a:seCell>
-[...10 lines deleted...]
-    </a:swCell>
     <a:firstRow>
-      <a:tcTxStyle b="on" i="off">
-[...4 lines deleted...]
-        </a:font>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
-            <a:ln w="38100" cap="flat" cmpd="sng">
+            <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
-              <a:prstDash val="solid"/>
-[...2 lines deleted...]
-              <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
-    <a:neCell>
-      <a:tcTxStyle/>
+  </a:tblStyle>
+  <a:tblStyle styleId="{2D5ABB26-0587-4C30-8999-92F81FD0307C}" styleName="スタイルなし、表のグリッド線なし">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="tx1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:left>
+          <a:right>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:top>
+          <a:bottom>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:bottom>
+          <a:insideH>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+  </a:tblStyle>
+  <a:tblStyle styleId="{5DA37D80-6434-44D0-A028-1B22A696006F}" styleName="淡色スタイル 3 - アクセント 2">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="tx1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:left>
+          <a:right>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+          <a:bottom>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+          <a:insideH>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:alpha val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:alpha val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:lastCol>
+      <a:tcTxStyle b="on"/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
-    </a:neCell>
-[...1 lines deleted...]
-      <a:tcTxStyle/>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on"/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
-    </a:nwCell>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:ln w="50800" cmpd="dbl">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:firstRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:bottom>
+            <a:ln w="25400" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
+  </a:tblStyle>
+  <a:tblStyle styleId="{616DA210-FB5B-4158-B5E0-FEB733F419BA}" styleName="スタイル (淡色) 3">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="tx1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:left>
+          <a:right>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+          <a:bottom>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+          <a:insideH>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:lastCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:ln w="50800" cmpd="dbl">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:firstRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:bottom>
+            <a:ln w="25400" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
+  </a:tblStyle>
+  <a:tblStyle styleId="{7DF18680-E054-41AD-8BC1-D1AEF772440D}" styleName="中間スタイル 2 - アクセント 5">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="dk1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:left>
+          <a:right>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+          <a:bottom>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+          <a:insideH>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent5">
+              <a:tint val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent5">
+              <a:tint val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band2H>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent5">
+              <a:tint val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:band2V>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2V>
+    <a:lastCol>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:ln w="38100" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:firstRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:bottom>
+            <a:ln w="38100" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
+  </a:tblStyle>
+  <a:tblStyle styleId="{69C7853C-536D-4A76-A0AE-DD22124D55A5}" styleName="テーマ スタイル 1 - アクセント 3">
+    <a:tblBg>
+      <a:fillRef idx="2">
+        <a:schemeClr val="accent3"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:schemeClr val="accent3"/>
+      </a:effectRef>
+    </a:tblBg>
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="dk1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:left>
+          <a:right>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:right>
+          <a:top>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:top>
+          <a:bottom>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:bottom>
+          <a:insideH>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:insideH>
+          <a:insideV>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent3">
+              <a:alpha val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band2H>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:top>
+          <a:bottom>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:bottom>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent3">
+              <a:alpha val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:band2V>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2V>
+    <a:lastCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:left>
+          <a:right>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:right>
+          <a:top>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:top>
+          <a:bottom>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:bottom>
+          <a:insideH>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:insideH>
+          <a:insideV>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:left>
+          <a:right>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:right>
+          <a:top>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:top>
+          <a:bottom>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:bottom>
+          <a:insideH>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:insideH>
+          <a:insideV>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:left>
+          <a:right>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:right>
+          <a:top>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:top>
+          <a:bottom>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:bottom>
+          <a:insideH>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:firstRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:left>
+          <a:right>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:right>
+          <a:top>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:top>
+          <a:bottom>
+            <a:lnRef idx="2">
+              <a:schemeClr val="lt1"/>
+            </a:lnRef>
+          </a:bottom>
+          <a:insideH>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
+  </a:tblStyle>
+  <a:tblStyle styleId="{9D7B26C5-4107-4FEC-AEDC-1716B250A1EF}" styleName="スタイル (淡色) 1">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="tx1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:left>
+          <a:right>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+          <a:bottom>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+          <a:insideH>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band2H>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:lastCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:firstRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:bottom>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:normalViewPr>
-[...1 lines deleted...]
-    <p:restoredTop sz="94660"/>
+  <p:normalViewPr horzBarState="maximized">
+    <p:restoredLeft sz="14995" autoAdjust="0"/>
+    <p:restoredTop sz="94280" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
-    <p:cSldViewPr snapToGrid="0">
+    <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="71" d="100"/>
-          <a:sy n="71" d="100"/>
+          <a:sx n="70" d="100"/>
+          <a:sy n="70" d="100"/>
         </p:scale>
-        <p:origin x="420" y="60"/>
+        <p:origin x="60" y="378"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide orient="horz" pos="4319"/>
         <p:guide pos="3120"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
-        <a:sx n="1" d="1"/>
-        <a:sy n="1" d="1"/>
+        <a:sx n="75" d="100"/>
+        <a:sy n="75" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
+  <p:sorterViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="75" d="100"/>
+        <a:sy n="75" d="100"/>
+      </p:scale>
+      <p:origin x="0" y="0"/>
+    </p:cViewPr>
+  </p:sorterViewPr>
   <p:notesViewPr>
-    <p:cSldViewPr snapToGrid="0">
+    <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="100" d="100"/>
-          <a:sy n="100" d="100"/>
+          <a:sx n="91" d="100"/>
+          <a:sy n="91" d="100"/>
         </p:scale>
-        <p:origin x="0" y="0"/>
+        <p:origin x="1738" y="62"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2121"/>
         <p:guide pos="3107"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+<file path=ppt/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/></Relationships>
 </file>
 
-<file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/></Relationships>
+</file>
+
+<file path=ppt/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/></Relationships>
+</file>
+
+<file path=ppt/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet3.xlsx"/></Relationships>
+</file>
+
+<file path=ppt/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\m.sugawara\Desktop\&#26178;&#38291;&#21306;&#20998;&#38598;&#35336;&#65308;&#29305;&#24615;&#215;&#26178;&#38291;&#21306;&#20998;&#65310;_20251112_105827.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
+</file>
+
+<file path=ppt/charts/_rels/chart6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\m.sugawara\Downloads\&#26178;&#38291;&#21306;&#20998;&#38598;&#35336;&#65308;&#29305;&#24615;&#215;&#23616;&#65310;_20250827_121807.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
+</file>
+
+<file path=ppt/charts/_rels/chart7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\m.sugawara\Desktop\&#26178;&#38291;&#21306;&#20998;&#38598;&#35336;&#65308;&#29305;&#24615;&#215;&#26178;&#38291;&#21306;&#20998;&#65310;_20251112_105827.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
+</file>
+
+<file path=ppt/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="ja-JP"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="9.5515445184736508E-2"/>
+          <c:y val="5.8968133425296165E-2"/>
+          <c:w val="0.79485593977444735"/>
+          <c:h val="0.89026063100137176"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+          <c:showLeaderLines val="0"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln w="25352">
+          <a:noFill/>
+        </a:ln>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="zero"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln>
+      <a:noFill/>
+    </a:ln>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr sz="2495" b="1" i="0" u="none" strike="noStrike" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="MS UI Gothic"/>
+          <a:ea typeface="MS UI Gothic"/>
+          <a:cs typeface="MS UI Gothic"/>
+        </a:defRPr>
+      </a:pPr>
+      <a:endParaRPr lang="ja-JP"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=ppt/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="ja-JP"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="5.261433484152369E-2"/>
+          <c:y val="3.6242967074733227E-2"/>
+          <c:w val="0.931258972373186"/>
+          <c:h val="0.90206192008814168"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:lineChart>
+        <c:grouping val="standard"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>ＺＩＰ－ＦＭ</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="38100">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$9</c:f>
+              <c:strCache>
+                <c:ptCount val="8"/>
+                <c:pt idx="0">
+                  <c:v>22:00</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>22:15</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>22:30</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>22:45</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>23:00</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>23:15</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>23:30</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>23:45</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$B$2:$B$9</c:f>
+              <c:numCache>
+                <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
+                <c:ptCount val="8"/>
+                <c:pt idx="0">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0.6</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>0.6</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>0.5</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-51D1-4FB7-8F66-33C1D4F32126}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="1"/>
+          <c:order val="1"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$C$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>FM AICHI</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="38100">
+              <a:solidFill>
+                <a:srgbClr val="3333FF"/>
+              </a:solidFill>
+              <a:prstDash val="sysDot"/>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$9</c:f>
+              <c:strCache>
+                <c:ptCount val="8"/>
+                <c:pt idx="0">
+                  <c:v>22:00</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>22:15</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>22:30</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>22:45</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>23:00</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>23:15</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>23:30</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>23:45</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$C$2:$C$9</c:f>
+              <c:numCache>
+                <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
+                <c:ptCount val="8"/>
+                <c:pt idx="0">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0.3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>0.2</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>0.1</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>0.1</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>0.1</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>0.1</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000002-51D1-4FB7-8F66-33C1D4F32126}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="4"/>
+          <c:order val="2"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$D$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>ＣＢＣラジオ</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575">
+              <a:solidFill>
+                <a:srgbClr val="FF9900"/>
+              </a:solidFill>
+              <a:prstDash val="sysDash"/>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$9</c:f>
+              <c:strCache>
+                <c:ptCount val="8"/>
+                <c:pt idx="0">
+                  <c:v>22:00</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>22:15</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>22:30</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>22:45</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>23:00</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>23:15</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>23:30</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>23:45</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$D$2:$D$9</c:f>
+              <c:numCache>
+                <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
+                <c:ptCount val="8"/>
+                <c:pt idx="0">
+                  <c:v>0.2</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>0.3</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0.3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>0.3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>0.1</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>0.1</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>0.1</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>0</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000006-51D1-4FB7-8F66-33C1D4F32126}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="2"/>
+          <c:order val="3"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$E$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>東海ラジオ</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575">
+              <a:solidFill>
+                <a:srgbClr val="009900"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$9</c:f>
+              <c:strCache>
+                <c:ptCount val="8"/>
+                <c:pt idx="0">
+                  <c:v>22:00</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>22:15</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>22:30</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>22:45</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>23:00</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>23:15</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>23:30</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>23:45</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$E$2:$E$9</c:f>
+              <c:numCache>
+                <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
+                <c:ptCount val="8"/>
+                <c:pt idx="0">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>0</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000008-51D1-4FB7-8F66-33C1D4F32126}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:smooth val="0"/>
+        <c:axId val="2044119328"/>
+        <c:axId val="2044116064"/>
+      </c:lineChart>
+      <c:catAx>
+        <c:axId val="2044119328"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="12447">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="in"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:ln w="9336">
+            <a:noFill/>
+          </a:ln>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="2400000" vert="horz"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:cs typeface="MS UI Gothic"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="ja-JP"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="2044116064"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:tickLblSkip val="1"/>
+        <c:tickMarkSkip val="1"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="2044116064"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+          <c:max val="1"/>
+          <c:min val="0"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="12447">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="0"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:ln w="9336">
+            <a:noFill/>
+          </a:ln>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="0" vert="horz"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:cs typeface="MS UI Gothic"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="ja-JP"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="2044119328"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+        <c:majorUnit val="1"/>
+        <c:minorUnit val="0.1"/>
+      </c:valAx>
+      <c:spPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:ln w="24895">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln>
+      <a:noFill/>
+    </a:ln>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr sz="1103" b="1" i="0" u="none" strike="noStrike" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="MS UI Gothic"/>
+          <a:ea typeface="MS UI Gothic"/>
+          <a:cs typeface="MS UI Gothic"/>
+        </a:defRPr>
+      </a:pPr>
+      <a:endParaRPr lang="ja-JP"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=ppt/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="ja-JP"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.24646784855280246"/>
+          <c:y val="7.2998046023640666E-3"/>
+          <c:w val="0.79485593977444735"/>
+          <c:h val="0.89026063100137176"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$A$2</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>07:00-24:00</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="12700">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
+          <c:explosion val="2"/>
+          <c:dPt>
+            <c:idx val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FF5050"/>
+              </a:solidFill>
+              <a:ln w="12700">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-623E-44E9-8BCE-AA5A154A3BF3}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="1"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln w="12700">
+                <a:noFill/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-623E-44E9-8BCE-AA5A154A3BF3}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="2"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln w="12700">
+                <a:noFill/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000005-623E-44E9-8BCE-AA5A154A3BF3}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="3"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln w="12700">
+                <a:noFill/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000007-623E-44E9-8BCE-AA5A154A3BF3}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="4"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln w="12700">
+                <a:noFill/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000009-623E-44E9-8BCE-AA5A154A3BF3}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="5"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln w="12700">
+                <a:noFill/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{0000000B-623E-44E9-8BCE-AA5A154A3BF3}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="6"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln w="12700">
+                <a:noFill/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{0000000D-623E-44E9-8BCE-AA5A154A3BF3}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="7"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln w="12700">
+                <a:noFill/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{0000000F-623E-44E9-8BCE-AA5A154A3BF3}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$B$1:$H$1</c:f>
+              <c:strCache>
+                <c:ptCount val="7"/>
+                <c:pt idx="0">
+                  <c:v>ZIP-FM</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FM AICHI</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>NHK-FM</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>CBCラジオ</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>東海ラジオ</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>NHK第1</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>その他の局</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$B$2:$H$2</c:f>
+              <c:numCache>
+                <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
+                <c:ptCount val="7"/>
+                <c:pt idx="0">
+                  <c:v>46.6</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>27.8</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>1.5</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000010-623E-44E9-8BCE-AA5A154A3BF3}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+          <c:showLeaderLines val="1"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln w="25352">
+          <a:noFill/>
+        </a:ln>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="zero"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln>
+      <a:noFill/>
+    </a:ln>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr sz="2495" b="1" i="0" u="none" strike="noStrike" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="MS UI Gothic"/>
+          <a:ea typeface="MS UI Gothic"/>
+          <a:cs typeface="MS UI Gothic"/>
+        </a:defRPr>
+      </a:pPr>
+      <a:endParaRPr lang="ja-JP"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=ppt/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="ja-JP"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.29050439929521632"/>
+          <c:y val="0.16913160586750256"/>
+          <c:w val="0.66438356164383561"/>
+          <c:h val="0.70545454545454545"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$A$2</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>07:00-24:00</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:srgbClr val="FF99FF"/>
+            </a:solidFill>
+            <a:ln w="12670">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
+          <c:explosion val="2"/>
+          <c:dPt>
+            <c:idx val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln w="25341">
+                <a:noFill/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="1"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FF9900"/>
+              </a:solidFill>
+              <a:ln w="12670">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000002-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="2"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="33CC33"/>
+              </a:solidFill>
+              <a:ln w="12670">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="3"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="00B0F0"/>
+              </a:solidFill>
+              <a:ln w="12670">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000004-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="4"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:ln w="12670">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000005-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="5"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:ln w="12670">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000006-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="6"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:ln w="12670">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000007-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="7"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:ln w="12670">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000008-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dLbls>
+            <c:dLbl>
+              <c:idx val="0"/>
+              <c:delete val="1"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000001-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="1"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="0"/>
+                  <c:y val="1.2195359066986836E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:tx>
+                <c:rich>
+                  <a:bodyPr/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr>
+                      <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="MS UI Gothic"/>
+                      </a:defRPr>
+                    </a:pPr>
+                    <a:fld id="{068A2764-4CD6-40D0-AC93-FAC569AD73A4}" type="CATEGORYNAME">
+                      <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0"/>
+                      <a:pPr>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[分類名]</a:t>
+                    </a:fld>
+                    <a:r>
+                      <a:rPr lang="ja-JP" altLang="en-US" sz="900" baseline="0" dirty="0"/>
+                      <a:t>
+</a:t>
+                    </a:r>
+                    <a:fld id="{C3899017-9ACB-4759-A46D-66F76F77A928}" type="VALUE">
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900" baseline="0" dirty="0"/>
+                      <a:pPr>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[値]</a:t>
+                    </a:fld>
+                    <a:endParaRPr lang="ja-JP" altLang="en-US" sz="900" baseline="0" dirty="0"/>
+                  </a:p>
+                </c:rich>
+              </c:tx>
+              <c:numFmt formatCode="0.0&quot;%&quot;" sourceLinked="0"/>
+              <c:spPr>
+                <a:noFill/>
+                <a:ln w="25341">
+                  <a:noFill/>
+                </a:ln>
+              </c:spPr>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:layout>
+                    <c:manualLayout>
+                      <c:w val="0.27357257196014623"/>
+                      <c:h val="0.18981709963703569"/>
+                    </c:manualLayout>
+                  </c15:layout>
+                  <c15:dlblFieldTable/>
+                  <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000002-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="2"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-2.2285869125159421E-2"/>
+                  <c:y val="-2.8593371942010352E-7"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:tx>
+                <c:rich>
+                  <a:bodyPr/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr>
+                      <a:lnSpc>
+                        <a:spcPct val="80000"/>
+                      </a:lnSpc>
+                      <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="MS UI Gothic"/>
+                      </a:defRPr>
+                    </a:pPr>
+                    <a:fld id="{D7850F07-FDF4-4EEB-BAD8-068B096D7C86}" type="CATEGORYNAME">
+                      <a:rPr lang="ja-JP" altLang="en-US" sz="900">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:rPr>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="80000"/>
+                        </a:lnSpc>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[分類名]</a:t>
+                    </a:fld>
+                    <a:r>
+                      <a:rPr lang="ja-JP" altLang="en-US" sz="900" baseline="0" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:rPr>
+                      <a:t>
+</a:t>
+                    </a:r>
+                    <a:fld id="{77A62B49-A86F-4318-86D2-7BE067AE4506}" type="VALUE">
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900" baseline="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:rPr>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="80000"/>
+                        </a:lnSpc>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[値]</a:t>
+                    </a:fld>
+                    <a:endParaRPr lang="ja-JP" altLang="en-US" sz="900" baseline="0" dirty="0">
+                      <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </c:rich>
+              </c:tx>
+              <c:numFmt formatCode="0.0&quot;%&quot;" sourceLinked="0"/>
+              <c:spPr>
+                <a:noFill/>
+                <a:ln w="25341">
+                  <a:noFill/>
+                </a:ln>
+              </c:spPr>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:layout>
+                    <c:manualLayout>
+                      <c:w val="0.28709113794717694"/>
+                      <c:h val="0.1536022183036079"/>
+                    </c:manualLayout>
+                  </c15:layout>
+                  <c15:dlblFieldTable/>
+                  <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000003-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="3"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-4.0966176307745662E-2"/>
+                  <c:y val="0.10080333879098362"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:tx>
+                <c:rich>
+                  <a:bodyPr/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr>
+                      <a:lnSpc>
+                        <a:spcPct val="80000"/>
+                      </a:lnSpc>
+                      <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="MS UI Gothic"/>
+                      </a:defRPr>
+                    </a:pPr>
+                    <a:fld id="{3F5921A3-AC7D-4A8B-BE36-54A35BFDB56F}" type="CATEGORYNAME">
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:rPr>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="80000"/>
+                        </a:lnSpc>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[分類名]</a:t>
+                    </a:fld>
+                    <a:r>
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900" baseline="0" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:rPr>
+                      <a:t>
+</a:t>
+                    </a:r>
+                    <a:fld id="{E2F61243-F27C-4AE9-80E3-288FB5DEB21B}" type="VALUE">
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900" baseline="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:rPr>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="80000"/>
+                        </a:lnSpc>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[値]</a:t>
+                    </a:fld>
+                    <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" baseline="0" dirty="0">
+                      <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </c:rich>
+              </c:tx>
+              <c:numFmt formatCode="0.0&quot;%&quot;" sourceLinked="0"/>
+              <c:spPr>
+                <a:noFill/>
+                <a:ln w="25341">
+                  <a:noFill/>
+                </a:ln>
+              </c:spPr>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:layout>
+                    <c:manualLayout>
+                      <c:w val="0.27306957236499951"/>
+                      <c:h val="0.18487159002594564"/>
+                    </c:manualLayout>
+                  </c15:layout>
+                  <c15:dlblFieldTable/>
+                  <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000004-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="4"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="1.8341554732371E-2"/>
+                  <c:y val="1.4737400373167179E-3"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:tx>
+                <c:rich>
+                  <a:bodyPr/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr>
+                      <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="MS UI Gothic"/>
+                      </a:defRPr>
+                    </a:pPr>
+                    <a:fld id="{286D75C2-150B-4E10-8754-4C87366284B6}" type="CATEGORYNAME">
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900" dirty="0"/>
+                      <a:pPr>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[分類名]</a:t>
+                    </a:fld>
+                    <a:r>
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900" baseline="0" dirty="0"/>
+                      <a:t>
+</a:t>
+                    </a:r>
+                    <a:fld id="{188551CF-33D8-4511-AF09-2F879D07C518}" type="VALUE">
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900" baseline="0" dirty="0"/>
+                      <a:pPr>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[値]</a:t>
+                    </a:fld>
+                    <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" baseline="0" dirty="0"/>
+                  </a:p>
+                </c:rich>
+              </c:tx>
+              <c:numFmt formatCode="0.0&quot;%&quot;" sourceLinked="0"/>
+              <c:spPr>
+                <a:noFill/>
+                <a:ln w="25341">
+                  <a:noFill/>
+                </a:ln>
+              </c:spPr>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:layout>
+                    <c:manualLayout>
+                      <c:w val="0.27121012872635308"/>
+                      <c:h val="0.1878826310805119"/>
+                    </c:manualLayout>
+                  </c15:layout>
+                  <c15:dlblFieldTable/>
+                  <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000005-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="5"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-0.1925129902283397"/>
+                  <c:y val="0"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:tx>
+                <c:rich>
+                  <a:bodyPr/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr>
+                      <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="MS UI Gothic"/>
+                      </a:defRPr>
+                    </a:pPr>
+                    <a:fld id="{857B341A-0499-498D-A779-5250D16560ED}" type="CATEGORYNAME">
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900"/>
+                      <a:pPr>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[分類名]</a:t>
+                    </a:fld>
+                    <a:r>
+                      <a:rPr lang="ja-JP" altLang="en-US" sz="900" baseline="0" dirty="0"/>
+                      <a:t>
+</a:t>
+                    </a:r>
+                    <a:fld id="{8AB37E80-165B-4CBC-A19D-F38C6242CFED}" type="VALUE">
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900" baseline="0"/>
+                      <a:pPr>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[値]</a:t>
+                    </a:fld>
+                    <a:endParaRPr lang="ja-JP" altLang="en-US" sz="900" baseline="0" dirty="0"/>
+                  </a:p>
+                </c:rich>
+              </c:tx>
+              <c:numFmt formatCode="0.0&quot;%&quot;" sourceLinked="0"/>
+              <c:spPr>
+                <a:noFill/>
+                <a:ln w="25341">
+                  <a:noFill/>
+                </a:ln>
+              </c:spPr>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:layout>
+                    <c:manualLayout>
+                      <c:w val="0.29877109144511305"/>
+                      <c:h val="0.18788247209143932"/>
+                    </c:manualLayout>
+                  </c15:layout>
+                  <c15:dlblFieldTable/>
+                  <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000006-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="6"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-0.44423405184391251"/>
+                  <c:y val="6.6468990398664343E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:tx>
+                <c:rich>
+                  <a:bodyPr/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr>
+                      <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="MS UI Gothic"/>
+                      </a:defRPr>
+                    </a:pPr>
+                    <a:fld id="{6D470FC2-C341-4BFA-BF26-FA5618A2472F}" type="CATEGORYNAME">
+                      <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0"/>
+                      <a:pPr>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[分類名]</a:t>
+                    </a:fld>
+                    <a:r>
+                      <a:rPr lang="ja-JP" altLang="en-US" sz="900" baseline="0" dirty="0"/>
+                      <a:t>
+</a:t>
+                    </a:r>
+                    <a:fld id="{0040D5A1-00E1-47E9-AEAF-2483854DF9E9}" type="VALUE">
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900" baseline="0" dirty="0"/>
+                      <a:pPr>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[値]</a:t>
+                    </a:fld>
+                    <a:endParaRPr lang="ja-JP" altLang="en-US" sz="900" baseline="0" dirty="0"/>
+                  </a:p>
+                </c:rich>
+              </c:tx>
+              <c:numFmt formatCode="0.0&quot;%&quot;" sourceLinked="0"/>
+              <c:spPr>
+                <a:noFill/>
+                <a:ln w="25341">
+                  <a:noFill/>
+                </a:ln>
+              </c:spPr>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:layout>
+                    <c:manualLayout>
+                      <c:w val="0.27905116033952204"/>
+                      <c:h val="0.2261306820033889"/>
+                    </c:manualLayout>
+                  </c15:layout>
+                  <c15:dlblFieldTable/>
+                  <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000007-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="7"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="1.5085043676149304E-2"/>
+                  <c:y val="-2.9375950751196471E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:tx>
+                <c:rich>
+                  <a:bodyPr/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:fld id="{6DAD0E86-F914-4FDE-8ECC-0E3E87137B62}" type="CATEGORYNAME">
+                      <a:rPr lang="ja-JP" altLang="en-US" sz="600"/>
+                      <a:pPr/>
+                      <a:t>[分類名]</a:t>
+                    </a:fld>
+                    <a:r>
+                      <a:rPr lang="ja-JP" altLang="en-US" sz="700" baseline="0" dirty="0"/>
+                      <a:t>
+</a:t>
+                    </a:r>
+                    <a:fld id="{ECE990ED-8110-4C55-8592-4D508E04816D}" type="VALUE">
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="700" baseline="0" smtClean="0"/>
+                      <a:pPr/>
+                      <a:t>[値]</a:t>
+                    </a:fld>
+                    <a:endParaRPr lang="ja-JP" altLang="en-US" sz="700" baseline="0" dirty="0"/>
+                  </a:p>
+                </c:rich>
+              </c:tx>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:layout>
+                    <c:manualLayout>
+                      <c:w val="0.29109541363582292"/>
+                      <c:h val="0.15557825233879485"/>
+                    </c:manualLayout>
+                  </c15:layout>
+                  <c15:dlblFieldTable/>
+                  <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000008-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:numFmt formatCode="0.0&quot;%&quot;" sourceLinked="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln w="25341">
+                <a:noFill/>
+              </a:ln>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                    <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                    <a:cs typeface="MS UI Gothic"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:endParaRPr lang="ja-JP"/>
+              </a:p>
+            </c:txPr>
+            <c:dLblPos val="bestFit"/>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="1"/>
+            <c:showCatName val="1"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="0"/>
+            <c:showBubbleSize val="0"/>
+            <c:separator>
+</c:separator>
+            <c:showLeaderLines val="1"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+            </c:extLst>
+          </c:dLbls>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$B$1:$H$1</c:f>
+              <c:strCache>
+                <c:ptCount val="7"/>
+                <c:pt idx="0">
+                  <c:v>ZIP-FM</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>CBCラジオ</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>東海ラジオ</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>FM AICHI</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>NHK-FM</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>NHK第1</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>その他の局</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$B$2:$H$2</c:f>
+              <c:numCache>
+                <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
+                <c:ptCount val="7"/>
+                <c:pt idx="0">
+                  <c:v>46.6</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>27.8</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>1.5</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000009-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+          <c:showLeaderLines val="1"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln w="25341">
+          <a:noFill/>
+        </a:ln>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="zero"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln>
+      <a:noFill/>
+    </a:ln>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr sz="599" b="0" i="0" u="none" strike="noStrike" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="MS UI Gothic"/>
+          <a:ea typeface="MS UI Gothic"/>
+          <a:cs typeface="MS UI Gothic"/>
+        </a:defRPr>
+      </a:pPr>
+      <a:endParaRPr lang="ja-JP"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+  <c:userShapes r:id="rId2"/>
+</c:chartSpace>
+</file>
+
+<file path=ppt/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="ja-JP"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:dPt>
+            <c:idx val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="0070C0"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-A42F-4B5D-9798-E7C5572709E6}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="1"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-A42F-4B5D-9798-E7C5572709E6}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$E$16:$F$16</c:f>
+              <c:strCache>
+                <c:ptCount val="2"/>
+                <c:pt idx="0">
+                  <c:v>男性</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>女性</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$E$17:$F$17</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="2"/>
+                <c:pt idx="0">
+                  <c:v>7.1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2.9</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000004-A42F-4B5D-9798-E7C5572709E6}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+          <c:showLeaderLines val="1"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln>
+      <a:noFill/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="ja-JP"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=ppt/charts/chart6.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="ja-JP"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+          <c:showLeaderLines val="0"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln>
+      <a:noFill/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="ja-JP"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=ppt/charts/chart7.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="ja-JP"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:dPt>
+            <c:idx val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="99CCFF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="1"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="33CCFF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="2"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="0099FF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000005-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="3"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="3366FF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000007-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="4"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="0033CC"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000009-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="5"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="333399"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{0000000B-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="6"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FFCCFF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{0000000D-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="7"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FF66FF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{0000000F-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="8"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FF00FF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000011-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="9"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent4">
+                  <a:lumMod val="60000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000013-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="10"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="CC00CC"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000015-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="11"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="660066"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000017-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$B$10:$M$10</c:f>
+              <c:strCache>
+                <c:ptCount val="12"/>
+                <c:pt idx="0">
+                  <c:v>男性 12～19才</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>男性 20～29才</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>男性 30～39才</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>男性 40～49才</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>男性 50～59才</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>男性 60～69才</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>女性 12～19才</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>女性 20～29才</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>女性 30～39才</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>女性 40～49才</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>女性 50～59才</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>女性 60～69才</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$B$11:$M$11</c:f>
+              <c:numCache>
+                <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
+                <c:ptCount val="12"/>
+                <c:pt idx="0">
+                  <c:v>12.7</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>1.7</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>13.6</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>25.7</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5.6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>4.4000000000000004</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>0.3</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>14.9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>0.2</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>6.9</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>1.9</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000018-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+          <c:showLeaderLines val="1"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln>
+      <a:noFill/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="ja-JP"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=ppt/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=ppt/charts/colors2.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=ppt/charts/colors3.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=ppt/charts/style1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="251">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="25400">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="75000"/>
+          <a:lumOff val="25000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="50000"/>
+            <a:lumOff val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=ppt/charts/style2.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="251">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="25400">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="75000"/>
+          <a:lumOff val="25000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="50000"/>
+            <a:lumOff val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=ppt/charts/style3.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="251">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="25400">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="75000"/>
+          <a:lumOff val="25000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="50000"/>
+            <a:lumOff val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=ppt/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
+  <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+    <cdr:from>
+      <cdr:x>0.52861</cdr:x>
+      <cdr:y>0.36634</cdr:y>
+    </cdr:from>
+    <cdr:to>
+      <cdr:x>0.76811</cdr:x>
+      <cdr:y>0.62311</cdr:y>
+    </cdr:to>
+    <cdr:sp macro="" textlink="">
+      <cdr:nvSpPr>
+        <cdr:cNvPr id="2" name="Oval 13"/>
+        <cdr:cNvSpPr>
+          <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1" noChangeArrowheads="1"/>
+        </cdr:cNvSpPr>
+      </cdr:nvSpPr>
+      <cdr:spPr bwMode="auto">
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:off x="991007" y="640602"/>
+          <a:ext cx="449003" cy="449003"/>
+        </a:xfrm>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="ellipse">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" w="25400" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:round/>
+          <a:headEnd/>
+          <a:tailEnd/>
+        </a:ln>
+        <a:effectLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+      </cdr:spPr>
+      <cdr:txBody>
+        <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:defPPr>
+            <a:defRPr lang="ja-JP"/>
+          </a:defPPr>
+          <a:lvl1pPr algn="ctr" rtl="0" fontAlgn="base">
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="0"/>
+            </a:spcAft>
+            <a:defRPr kumimoji="1" sz="1200" kern="1200">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl1pPr>
+          <a:lvl2pPr marL="457200" algn="ctr" rtl="0" fontAlgn="base">
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="0"/>
+            </a:spcAft>
+            <a:defRPr kumimoji="1" sz="1200" kern="1200">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl2pPr>
+          <a:lvl3pPr marL="914400" algn="ctr" rtl="0" fontAlgn="base">
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="0"/>
+            </a:spcAft>
+            <a:defRPr kumimoji="1" sz="1200" kern="1200">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl3pPr>
+          <a:lvl4pPr marL="1371600" algn="ctr" rtl="0" fontAlgn="base">
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="0"/>
+            </a:spcAft>
+            <a:defRPr kumimoji="1" sz="1200" kern="1200">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl4pPr>
+          <a:lvl5pPr marL="1828800" algn="ctr" rtl="0" fontAlgn="base">
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="0"/>
+            </a:spcAft>
+            <a:defRPr kumimoji="1" sz="1200" kern="1200">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl5pPr>
+          <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:defRPr kumimoji="1" sz="1200" kern="1200">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl6pPr>
+          <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:defRPr kumimoji="1" sz="1200" kern="1200">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl7pPr>
+          <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:defRPr kumimoji="1" sz="1200" kern="1200">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl8pPr>
+          <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:defRPr kumimoji="1" sz="1200" kern="1200">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl9pPr>
+        </a:lstStyle>
+        <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:pPr>
+            <a:lnSpc>
+              <a:spcPct val="80000"/>
+            </a:lnSpc>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>ラジオ全局シェア</a:t>
+          </a:r>
+        </a:p>
+      </cdr:txBody>
+    </cdr:sp>
+  </cdr:relSizeAnchor>
+</c:userShapes>
+</file>
+
+<file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
+</file>
+
+<file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
-          <a:schemeClr val="lt1"/>
+          <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 2"/>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Google Shape;3;n"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1"/>
+          <p:cNvPr id="122882" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="hdr" idx="2"/>
+            <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7" y="1"/>
             <a:ext cx="4276725" cy="336550"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
+          <a:ln w="9525">
             <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
           </a:ln>
+          <a:effectLst/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="t" anchorCtr="0">
-            <a:noAutofit/>
+          <a:bodyPr vert="horz" wrap="square" lIns="90409" tIns="45203" rIns="90409" bIns="45203" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
-[...15 lines deleted...]
-                <a:sym typeface="Arial"/>
+            <a:lvl1pPr defTabSz="904008" eaLnBrk="1" hangingPunct="1">
+              <a:defRPr sz="1200">
+                <a:latin typeface="Arial" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-[...150 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="ja-JP"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Google Shape;4;n"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1"/>
+          <p:cNvPr id="122883" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" idx="10"/>
+            <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="5588007" y="1"/>
             <a:ext cx="4276725" cy="336550"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
+          <a:ln w="9525">
             <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
           </a:ln>
+          <a:effectLst/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="t" anchorCtr="0">
-            <a:noAutofit/>
+          <a:bodyPr vert="horz" wrap="square" lIns="90409" tIns="45203" rIns="90409" bIns="45203" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marR="0" lvl="0" algn="r" rtl="0">
-[...15 lines deleted...]
-                <a:sym typeface="Arial"/>
+            <a:lvl1pPr algn="r" defTabSz="904008" eaLnBrk="1" hangingPunct="1">
+              <a:defRPr sz="1200">
+                <a:latin typeface="Arial" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-[...150 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="ja-JP"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Google Shape;5;n"/>
+          <p:cNvPr id="122884" name="Rectangle 4"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldImg" idx="3"/>
+            <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...255 lines deleted...]
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7" y="6397625"/>
             <a:ext cx="4276725" cy="336550"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
+          <a:ln w="9525">
             <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
           </a:ln>
+          <a:effectLst/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="b" anchorCtr="0">
-            <a:noAutofit/>
+          <a:bodyPr vert="horz" wrap="square" lIns="90409" tIns="45203" rIns="90409" bIns="45203" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
-[...15 lines deleted...]
-                <a:sym typeface="Arial"/>
+            <a:lvl1pPr defTabSz="904008" eaLnBrk="1" hangingPunct="1">
+              <a:defRPr sz="1200">
+                <a:latin typeface="Arial" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-[...150 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="ja-JP"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Google Shape;8;n"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1"/>
+          <p:cNvPr id="122885" name="Rectangle 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph type="sldNum" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="5588007" y="6397625"/>
             <a:ext cx="4276725" cy="336550"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
+          <a:ln w="9525">
             <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
           </a:ln>
+          <a:effectLst/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="b" anchorCtr="0">
-            <a:noAutofit/>
+          <a:bodyPr vert="horz" wrap="square" lIns="90409" tIns="45203" rIns="90409" bIns="45203" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
           </a:bodyPr>
-          <a:lstStyle/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r" defTabSz="903964" eaLnBrk="1" hangingPunct="1">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
-[...6 lines deleted...]
-              <a:buNone/>
+            <a:pPr>
+              <a:defRPr/>
             </a:pPr>
-            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
-[...8 lines deleted...]
-              </a:rPr>
+            <a:fld id="{779D47F1-08B5-45BA-BD50-DA0DE3406AA4}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" altLang="ja-JP"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="39214774"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
-[...229 lines deleted...]
-</p:notesMaster>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+</p:handoutMaster>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 57"/>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="58" name="Google Shape;58;p1:notes"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1"/>
+          <p:cNvPr id="11266" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="7" y="1"/>
+            <a:ext cx="4276725" cy="336550"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="90507" tIns="45253" rIns="90507" bIns="45253" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr defTabSz="905588" eaLnBrk="1" hangingPunct="1">
+              <a:defRPr sz="1200">
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="ja-JP"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11267" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5588007" y="1"/>
+            <a:ext cx="4276725" cy="336550"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="90507" tIns="45253" rIns="90507" bIns="45253" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r" defTabSz="905588" eaLnBrk="1" hangingPunct="1">
+              <a:defRPr sz="1200">
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="ja-JP"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4100" name="Rectangle 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3108325" y="504825"/>
+            <a:ext cx="3648075" cy="2525713"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11269" name="Rectangle 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="989020" y="3198813"/>
+            <a:ext cx="7888287" cy="3032125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="90507" tIns="45253" rIns="90507" bIns="45253" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" noProof="0"/>
+              <a:t>マスタ テキストの書式設定</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" noProof="0"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" noProof="0"/>
+              <a:t>2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" noProof="0"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" noProof="0"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" noProof="0"/>
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" noProof="0"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" noProof="0"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" noProof="0"/>
+              <a:t>4 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" noProof="0"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" noProof="0"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" noProof="0"/>
+              <a:t>5 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" noProof="0"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11270" name="Rectangle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="7" y="6397625"/>
+            <a:ext cx="4276725" cy="336550"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="90507" tIns="45253" rIns="90507" bIns="45253" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr defTabSz="905588" eaLnBrk="1" hangingPunct="1">
+              <a:defRPr sz="1200">
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="ja-JP"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11271" name="Rectangle 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="5588007" y="6397625"/>
             <a:ext cx="4276725" cy="336550"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
+          <a:ln w="9525">
             <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
           </a:ln>
+          <a:effectLst/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="b" anchorCtr="0">
-            <a:noAutofit/>
+          <a:bodyPr vert="horz" wrap="square" lIns="90507" tIns="45253" rIns="90507" bIns="45253" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
           </a:bodyPr>
-          <a:lstStyle/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r" defTabSz="905481" eaLnBrk="1" hangingPunct="1">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{087A2C61-9F62-4143-968E-E7C7F7FF1C2C}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="ja-JP"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="899142244"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:notesStyle>
+    <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:spcBef>
+        <a:spcPct val="30000"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPct val="0"/>
+      </a:spcAft>
+      <a:defRPr kumimoji="1" sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="Arial" charset="0"/>
+        <a:ea typeface="ＭＳ Ｐ明朝" pitchFamily="18" charset="-128"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl1pPr>
+    <a:lvl2pPr marL="457200" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:spcBef>
+        <a:spcPct val="30000"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPct val="0"/>
+      </a:spcAft>
+      <a:defRPr kumimoji="1" sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="Arial" charset="0"/>
+        <a:ea typeface="ＭＳ Ｐ明朝" pitchFamily="18" charset="-128"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl2pPr>
+    <a:lvl3pPr marL="914400" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:spcBef>
+        <a:spcPct val="30000"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPct val="0"/>
+      </a:spcAft>
+      <a:defRPr kumimoji="1" sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="Arial" charset="0"/>
+        <a:ea typeface="ＭＳ Ｐ明朝" pitchFamily="18" charset="-128"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl3pPr>
+    <a:lvl4pPr marL="1371600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:spcBef>
+        <a:spcPct val="30000"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPct val="0"/>
+      </a:spcAft>
+      <a:defRPr kumimoji="1" sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="Arial" charset="0"/>
+        <a:ea typeface="ＭＳ Ｐ明朝" pitchFamily="18" charset="-128"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl4pPr>
+    <a:lvl5pPr marL="1828800" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:spcBef>
+        <a:spcPct val="30000"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPct val="0"/>
+      </a:spcAft>
+      <a:defRPr kumimoji="1" sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="Arial" charset="0"/>
+        <a:ea typeface="ＭＳ Ｐ明朝" pitchFamily="18" charset="-128"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl5pPr>
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr kumimoji="1" sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl6pPr>
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr kumimoji="1" sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl7pPr>
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr kumimoji="1" sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl8pPr>
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr kumimoji="1" sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl9pPr>
+  </p:notesStyle>
+</p:notesMaster>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8194" name="Rectangle 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr defTabSz="892778">
               <a:spcBef>
-                <a:spcPts val="0"/>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="700903" indent="-263236" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1083068" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1520736" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1958403" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2415101" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
-                <a:spcPts val="0"/>
+                <a:spcPct val="0"/>
               </a:spcAft>
-              <a:buNone/>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2871796" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3328493" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3785190" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
             </a:pPr>
-            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
-[...7 lines deleted...]
-                <a:sym typeface="Arial"/>
+            <a:fld id="{3949F6A9-A3E1-46FD-A3FD-8B620CA0CC37}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP" smtClean="0">
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>0</a:t>
+              <a:pPr>
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+              </a:pPr>
+              <a:t>1</a:t>
             </a:fld>
-            <a:endParaRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...6 lines deleted...]
-              <a:sym typeface="Arial"/>
+            <a:endParaRPr lang="en-US" altLang="ja-JP">
+              <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="59" name="Google Shape;59;p1:notes"/>
+          <p:cNvPr id="8195" name="Rectangle 2"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...30 lines deleted...]
-          </a:ln>
+          <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="60" name="Google Shape;60;p1:notes"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1"/>
+          <p:cNvPr id="8196" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...5 lines deleted...]
-          </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...1 lines deleted...]
-          </a:ln>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="90500" tIns="45250" rIns="90500" bIns="45250" anchor="t" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...12 lines deleted...]
-              <a:sym typeface="Arial"/>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="ja-JP" altLang="ja-JP">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1138227396"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8194" name="Rectangle 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="700903" indent="-263236" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1083068" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1520736" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1958403" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2415101" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2871796" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3328493" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3785190" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:fld id="{3949F6A9-A3E1-46FD-A3FD-8B620CA0CC37}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP" smtClean="0">
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:pPr>
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+              </a:pPr>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="ja-JP">
+              <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8195" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8196" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="ja-JP" altLang="ja-JP">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="109601570"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8194" name="Rectangle 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="700903" indent="-263236" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1083068" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1520736" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1958403" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2415101" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2871796" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3328493" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3785190" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:fld id="{3949F6A9-A3E1-46FD-A3FD-8B620CA0CC37}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP" smtClean="0">
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:pPr>
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+              </a:pPr>
+              <a:t>3</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="ja-JP">
+              <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8195" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8196" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="ja-JP" altLang="ja-JP">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4211066353"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8194" name="Rectangle 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="700903" indent="-263236" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1083068" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1520736" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1958403" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2415101" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2871796" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3328493" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3785190" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:fld id="{3949F6A9-A3E1-46FD-A3FD-8B620CA0CC37}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP" smtClean="0">
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:pPr>
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+              </a:pPr>
+              <a:t>5</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="ja-JP">
+              <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8195" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8196" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="ja-JP" altLang="ja-JP">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3238873430"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8194" name="Rectangle 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="700903" indent="-263236" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1083068" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1520736" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1958403" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2415101" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2871796" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3328493" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3785190" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:fld id="{3949F6A9-A3E1-46FD-A3FD-8B620CA0CC37}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP" smtClean="0">
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:pPr>
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+              </a:pPr>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="ja-JP">
+              <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8195" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8196" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="ja-JP" altLang="ja-JP">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="839157699"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8194" name="Rectangle 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="700903" indent="-263236" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1083068" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1520736" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1958403" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2415101" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2871796" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3328493" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3785190" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:fld id="{3949F6A9-A3E1-46FD-A3FD-8B620CA0CC37}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP" smtClean="0">
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:pPr>
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+              </a:pPr>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="ja-JP">
+              <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8195" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8196" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="ja-JP" altLang="ja-JP">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2422221473"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="白紙" type="blank">
-  <p:cSld name="BLANK">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="title" preserve="1">
+  <p:cSld name="タイトル スライド">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 13"/>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="図 9"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="-7776" y="6709029"/>
+            <a:ext cx="9921552" cy="128491"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="グラフィックス 14"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3886200" y="5635799"/>
+            <a:ext cx="2133600" cy="706437"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="テキスト ボックス 5"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7041232" y="6669940"/>
+            <a:ext cx="2084225" cy="215444"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="750" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>Copyright  ZIP-FM </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="750" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>inc</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="750" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t> All Rights Reserved</a:t>
+            </a:r>
+            <a:endParaRPr lang="ja-JP" altLang="en-US" sz="750" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="正方形/長方形 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9906000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="76200">
+            <a:solidFill>
+              <a:srgbClr val="EB6432"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4092696775"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="タイトルと縦書きテキスト" type="vertTx">
-  <p:cSld name="VERTICAL_TEXT">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
+  <p:cSld name="タイトルと縦書きテキスト">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 45"/>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="46" name="Google Shape;46;p12"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="2" name="タイトル 1"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="274638"/>
             <a:ext cx="8915400" cy="1143000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...174 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr/>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>マスタ タイトルの書式設定</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="47" name="Google Shape;47;p12"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="3" name="縦書きテキスト プレースホルダ 2"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm rot="5400000">
-[...1 lines deleted...]
-            <a:ext cx="4525963" cy="8915400"/>
+          <a:xfrm>
+            <a:off x="495300" y="1600200"/>
+            <a:ext cx="8915400" cy="4525963"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...210 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>マスタ テキストの書式設定</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>4 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>5 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="284022831"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="縦書きタイトルと縦書きテキスト" type="vertTitleAndTx">
-  <p:cSld name="VERTICAL_TITLE_AND_VERTICAL_TEXT">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
+  <p:cSld name="縦書きタイトルと縦書きテキスト">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 48"/>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="49" name="Google Shape;49;p13"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="2" name="縦書きタイトル 1"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm rot="5400000">
-[...1 lines deleted...]
-            <a:ext cx="5851525" cy="2228850"/>
+          <a:xfrm>
+            <a:off x="7181850" y="274638"/>
+            <a:ext cx="2228850" cy="5851525"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...174 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>マスタ タイトルの書式設定</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="50" name="Google Shape;50;p13"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="3" name="縦書きテキスト プレースホルダ 2"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm rot="5400000">
-[...1 lines deleted...]
-            <a:ext cx="5851525" cy="6534150"/>
+          <a:xfrm>
+            <a:off x="495300" y="274638"/>
+            <a:ext cx="6534150" cy="5851525"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...210 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>マスタ テキストの書式設定</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>4 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>5 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4205794409"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="标题幻灯片">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title">
   <p:cSld name="标题幻灯片">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 51"/>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="52" name="Google Shape;52;p14"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="2" name="标题 1"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="668655" y="2556512"/>
             <a:ext cx="7578090" cy="1764030"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...174 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr/>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US"/>
+              <a:t>单击此处编辑母版标题样式</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="53" name="Google Shape;53;p14"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="3" name="副标题 2"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1337310" y="4663440"/>
             <a:ext cx="6240780" cy="2103120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marR="0" lvl="0" algn="ctr" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr sz="3200" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...6 lines deleted...]
-                <a:sym typeface="Arial"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marR="0" lvl="1" algn="ctr" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl2pPr marL="311079" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...6 lines deleted...]
-                <a:sym typeface="Arial"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marR="0" lvl="2" algn="ctr" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl3pPr marL="622158" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...6 lines deleted...]
-                <a:sym typeface="Arial"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marR="0" lvl="3" algn="ctr" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl4pPr marL="933237" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...6 lines deleted...]
-                <a:sym typeface="Arial"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marR="0" lvl="4" algn="ctr" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl5pPr marL="1244316" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...6 lines deleted...]
-                <a:sym typeface="Arial"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marR="0" lvl="5" algn="ctr" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl6pPr marL="1555394" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...6 lines deleted...]
-                <a:sym typeface="Arial"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marR="0" lvl="6" algn="ctr" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl7pPr marL="1866473" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...6 lines deleted...]
-                <a:sym typeface="Arial"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marR="0" lvl="7" algn="ctr" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl8pPr marL="2177552" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...6 lines deleted...]
-                <a:sym typeface="Arial"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marR="0" lvl="8" algn="ctr" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl9pPr marL="2488631" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...6 lines deleted...]
-                <a:sym typeface="Arial"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US"/>
+              <a:t>单击此处编辑母版副标题样式</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="54" name="Google Shape;54;p14"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="4" name="日期占位符 3"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" idx="10"/>
+            <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="446088" y="7627938"/>
             <a:ext cx="2079625" cy="438150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
-[...16 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-[...150 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{EC83580F-DBF0-42FB-A548-F3D5BBF22973}" type="datetime1">
+              <a:rPr lang="zh-CN" altLang="en-US"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>2025/12/2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="zh-CN" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="55" name="Google Shape;55;p14"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="5" name="页脚占位符 4"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" idx="11"/>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3046413" y="7627938"/>
             <a:ext cx="2822575" cy="438150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
-[...16 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-[...150 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="zh-CN" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="56" name="Google Shape;56;p14"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="6" name="灯片编号占位符 5"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6389688" y="7627938"/>
             <a:ext cx="2079625" cy="438150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
-[...15 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="l" rtl="0">
-[...142 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...6 lines deleted...]
-              <a:buNone/>
+            <a:pPr>
+              <a:defRPr/>
             </a:pPr>
-            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
-              <a:rPr lang="en-US"/>
+            <a:fld id="{EC9AE678-B0B0-4A08-898C-631A70CFDFEC}" type="slidenum">
+              <a:rPr lang="zh-CN" altLang="en-US"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr/>
+            <a:endParaRPr lang="zh-CN" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2750617420"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" matchingName="タイトル スライド" type="title">
-  <p:cSld name="TITLE">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
+  <p:cSld name="タイトルとコンテンツ">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 14"/>
-[...188 lines deleted...]
-        <p:cNvPr id="1" name="Shape 19"/>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="Google Shape;20;p5"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="2" name="タイトル 1"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="274638"/>
             <a:ext cx="8915400" cy="1143000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...174 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr/>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:t>マスタ タイトルの書式設定</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21" name="Google Shape;21;p5"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="3" name="コンテンツ プレースホルダ 2"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="1600200"/>
             <a:ext cx="8915400" cy="4525963"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...210 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr/>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:t>マスタ テキストの書式設定</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" dirty="0"/>
+              <a:t>2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" dirty="0"/>
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" dirty="0"/>
+              <a:t>4 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" dirty="0"/>
+              <a:t>5 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:t>レベル</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="934264271"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="SECTION_HEADER">
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
+  <p:cSld name="セクション見出し">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 22"/>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="23" name="Google Shape;23;p6"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="2" name="タイトル 1"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="782638" y="4406900"/>
             <a:ext cx="8420100" cy="1362075"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr anchor="t"/>
           <a:lstStyle>
-            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
-[...16 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4000" b="1" cap="all"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marR="0" lvl="1" algn="ctr" rtl="0">
-[...150 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:t>マスタ タイトルの書式設定</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="24" name="Google Shape;24;p6"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="3" name="テキスト プレースホルダ 2"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="782638" y="2906713"/>
             <a:ext cx="8420100" cy="1500187"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="2000"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1800"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1600"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1400"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1400"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1400"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1400"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1400"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1400"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>マスタ テキストの書式設定</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="382954272"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="TWO_OBJECTS">
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
+  <p:cSld name="2 つのコンテンツ">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 25"/>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="26" name="Google Shape;26;p7"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="2" name="タイトル 1"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="274638"/>
             <a:ext cx="8915400" cy="1143000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...174 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr/>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:t>マスタ タイトルの書式設定</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="27" name="Google Shape;27;p7"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="3" name="コンテンツ プレースホルダ 2"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="1600200"/>
             <a:ext cx="4381500" cy="4525963"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-406400" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr>
+              <a:defRPr sz="2800"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-381000" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="2400"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-355600" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="2000"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-342900" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1800"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-342900" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1800"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-342900" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl6pPr>
+              <a:defRPr sz="1800"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-342900" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="1800"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-342900" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="1800"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-342900" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="1800"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>マスタ テキストの書式設定</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>4 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>5 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="28" name="Google Shape;28;p7"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="4" name="コンテンツ プレースホルダ 3"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="2"/>
+            <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5029200" y="1600200"/>
             <a:ext cx="4381500" cy="4525963"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-406400" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr>
+              <a:defRPr sz="2800"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-381000" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="2400"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-355600" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="2000"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-342900" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1800"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-342900" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1800"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-342900" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl6pPr>
+              <a:defRPr sz="1800"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-342900" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="1800"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-342900" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="1800"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-342900" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="1800"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>マスタ テキストの書式設定</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>4 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>5 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="206933887"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="TWO_OBJECTS_WITH_TEXT">
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
+  <p:cSld name="比較">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 29"/>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="30" name="Google Shape;30;p8"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="2" name="タイトル 1"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="274638"/>
             <a:ext cx="8915400" cy="1143000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marR="0" lvl="0" algn="ctr" rtl="0">
-[...16 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marR="0" lvl="1" algn="ctr" rtl="0">
-[...150 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>マスタ タイトルの書式設定</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="31" name="Google Shape;31;p8"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="3" name="テキスト プレースホルダ 2"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="1535113"/>
             <a:ext cx="4376738" cy="639762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2400" b="1" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="2400" b="1"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1800" b="1" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1800" b="1"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>マスタ テキストの書式設定</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="32" name="Google Shape;32;p8"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="4" name="コンテンツ プレースホルダ 3"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="2"/>
+            <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="2174875"/>
             <a:ext cx="4376738" cy="3951288"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-381000" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr>
+              <a:defRPr sz="2400"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-355600" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="2000"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-342900" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1800"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-330200" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1600"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-330200" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1600"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-330200" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl6pPr>
+              <a:defRPr sz="1600"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-330200" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="1600"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-330200" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="1600"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-330200" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>マスタ テキストの書式設定</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>4 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>5 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="33" name="Google Shape;33;p8"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="5" name="テキスト プレースホルダ 4"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="3"/>
+            <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5032375" y="1535113"/>
             <a:ext cx="4378325" cy="639762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2400" b="1" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="2400" b="1"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1800" b="1" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1800" b="1"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>マスタ テキストの書式設定</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="34" name="Google Shape;34;p8"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="6" name="コンテンツ プレースホルダ 5"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="4"/>
+            <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5032375" y="2174875"/>
             <a:ext cx="4378325" cy="3951288"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-381000" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr>
+              <a:defRPr sz="2400"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-355600" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="2000"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-342900" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1800"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-330200" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1600"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-330200" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1600"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-330200" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl6pPr>
+              <a:defRPr sz="1600"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-330200" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="1600"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-330200" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="1600"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-330200" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>マスタ テキストの書式設定</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>4 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>5 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2326808940"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="TITLE_ONLY">
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="タイトルのみ">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 35"/>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="36" name="Google Shape;36;p9"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="2" name="タイトル 1"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="274638"/>
             <a:ext cx="8915400" cy="1143000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...174 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr/>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>マスタ タイトルの書式設定</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3688156182"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
+  <p:cSld name="白紙">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="842197883"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="タイトル付きのコンテンツ" type="objTx">
-  <p:cSld name="OBJECT_WITH_CAPTION_TEXT">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
+  <p:cSld name="タイトル付きのコンテンツ">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 37"/>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="38" name="Google Shape;38;p10"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="2" name="タイトル 1"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="273050"/>
             <a:ext cx="3259138" cy="1162050"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
-[...16 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="2000" b="1"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marR="0" lvl="1" algn="ctr" rtl="0">
-[...150 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>マスタ タイトルの書式設定</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="39" name="Google Shape;39;p10"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="3" name="コンテンツ プレースホルダ 2"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3873500" y="273050"/>
             <a:ext cx="5537200" cy="5853113"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-431800" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr>
+              <a:defRPr sz="3200"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-406400" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="2800"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-381000" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="2400"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-355600" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="2000"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-355600" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="2000"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-355600" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl6pPr>
+              <a:defRPr sz="2000"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-355600" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="2000"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-355600" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="2000"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-355600" algn="l" rtl="0">
-[...20 lines deleted...]
-              </a:defRPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>マスタ テキストの書式設定</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>4 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>第 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP"/>
+              <a:t>5 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>レベル</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="40" name="Google Shape;40;p10"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="4" name="テキスト プレースホルダ 3"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="2"/>
+            <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="1435100"/>
             <a:ext cx="3259138" cy="4691063"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1400"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1200"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1000"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="900"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
-              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="900"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
-              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="900"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="900"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="900"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>マスタ テキストの書式設定</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2810696941"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="タイトル付きの図" type="picTx">
-  <p:cSld name="PICTURE_WITH_CAPTION_TEXT">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
+  <p:cSld name="タイトル付きの図">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 41"/>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="42" name="Google Shape;42;p11"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="2" name="タイトル 1"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1941513" y="4800600"/>
             <a:ext cx="5943600" cy="566738"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
-[...16 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="2000" b="1"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marR="0" lvl="1" algn="ctr" rtl="0">
-[...150 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>マスタ タイトルの書式設定</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="43" name="Google Shape;43;p11"/>
+          <p:cNvPr id="3" name="図プレースホルダ 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="pic" idx="2"/>
+            <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1941513" y="612775"/>
             <a:ext cx="5943600" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2400"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="ja-JP" altLang="en-US" noProof="0"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="44" name="Google Shape;44;p11"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="4" name="テキスト プレースホルダ 3"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1941513" y="5367338"/>
             <a:ext cx="5943600" cy="804862"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1400"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1200"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1000"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="900"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
-              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="900"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
-              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="900"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="900"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="900"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-228600" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buFont typeface="Arial"/>
+            <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:t>マスタ テキストの書式設定</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1540523824"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
+    <p:bg bwMode="auto">
       <p:bgPr>
         <a:solidFill>
-          <a:schemeClr val="lt1"/>
+          <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 9"/>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3094" name="Rectangle 22"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="9292121" y="6418263"/>
+            <a:ext cx="613879" cy="323850"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr eaLnBrk="0" hangingPunct="0">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750" eaLnBrk="0" hangingPunct="0">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" eaLnBrk="0" hangingPunct="0">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" eaLnBrk="0" hangingPunct="0">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" eaLnBrk="0" hangingPunct="0">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{9AA62517-8880-42A2-9A11-C0CBEF8DCAD5}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1000" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1000" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1027" name="Picture 7"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId14" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8124825" y="166688"/>
+            <a:ext cx="1573213" cy="576262"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1030" name="図 1"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId15">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm flipV="1">
+            <a:off x="0" y="822657"/>
+            <a:ext cx="9906000" cy="61210"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="正方形/長方形 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9906000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="76200">
+            <a:solidFill>
+              <a:srgbClr val="EB6432"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147486635" r:id="rId1"/>
+    <p:sldLayoutId id="2147486625" r:id="rId2"/>
+    <p:sldLayoutId id="2147486626" r:id="rId3"/>
+    <p:sldLayoutId id="2147486627" r:id="rId4"/>
+    <p:sldLayoutId id="2147486628" r:id="rId5"/>
+    <p:sldLayoutId id="2147486629" r:id="rId6"/>
+    <p:sldLayoutId id="2147486630" r:id="rId7"/>
+    <p:sldLayoutId id="2147486631" r:id="rId8"/>
+    <p:sldLayoutId id="2147486632" r:id="rId9"/>
+    <p:sldLayoutId id="2147486633" r:id="rId10"/>
+    <p:sldLayoutId id="2147486634" r:id="rId11"/>
+    <p:sldLayoutId id="2147486636" r:id="rId12"/>
+  </p:sldLayoutIdLst>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="ctr" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:defRPr kumimoji="1" sz="4400">
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:latin typeface="+mj-lt"/>
+          <a:ea typeface="+mj-ea"/>
+          <a:cs typeface="+mj-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr algn="ctr" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:defRPr kumimoji="1" sz="4400">
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:latin typeface="Arial" charset="0"/>
+          <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="50" charset="-128"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr algn="ctr" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:defRPr kumimoji="1" sz="4400">
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:latin typeface="Arial" charset="0"/>
+          <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="50" charset="-128"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr algn="ctr" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:defRPr kumimoji="1" sz="4400">
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:latin typeface="Arial" charset="0"/>
+          <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="50" charset="-128"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr algn="ctr" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:defRPr kumimoji="1" sz="4400">
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:latin typeface="Arial" charset="0"/>
+          <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="50" charset="-128"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="457200" algn="ctr" rtl="0" fontAlgn="base">
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:defRPr kumimoji="1" sz="4400">
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:latin typeface="Arial" charset="0"/>
+          <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="50" charset="-128"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="914400" algn="ctr" rtl="0" fontAlgn="base">
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:defRPr kumimoji="1" sz="4400">
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:latin typeface="Arial" charset="0"/>
+          <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="50" charset="-128"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="1371600" algn="ctr" rtl="0" fontAlgn="base">
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:defRPr kumimoji="1" sz="4400">
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:latin typeface="Arial" charset="0"/>
+          <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="50" charset="-128"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="1828800" algn="ctr" rtl="0" fontAlgn="base">
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:defRPr kumimoji="1" sz="4400">
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:latin typeface="Arial" charset="0"/>
+          <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="50" charset="-128"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="342900" indent="-342900" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:buChar char="•"/>
+        <a:defRPr kumimoji="1" sz="3200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="742950" indent="-285750" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:buChar char="–"/>
+        <a:defRPr kumimoji="1" sz="2800">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:buChar char="•"/>
+        <a:defRPr kumimoji="1" sz="2400">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:buChar char="–"/>
+        <a:defRPr kumimoji="1" sz="2000">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:buChar char="»"/>
+        <a:defRPr kumimoji="1" sz="2000">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" rtl="0" fontAlgn="base">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:buChar char="»"/>
+        <a:defRPr kumimoji="1" sz="2000">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" rtl="0" fontAlgn="base">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:buChar char="»"/>
+        <a:defRPr kumimoji="1" sz="2000">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" rtl="0" fontAlgn="base">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:buChar char="»"/>
+        <a:defRPr kumimoji="1" sz="2000">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" rtl="0" fontAlgn="base">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:buChar char="»"/>
+        <a:defRPr kumimoji="1" sz="2000">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="ja-JP"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr kumimoji="1" sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr kumimoji="1" sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr kumimoji="1" sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr kumimoji="1" sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr kumimoji="1" sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr kumimoji="1" sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr kumimoji="1" sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr kumimoji="1" sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr kumimoji="1" sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+</p:sldMaster>
+</file>
+
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Google Shape;10;p2"/>
-          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:cNvPr id="5" name="図 4"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-[...4 lines deleted...]
-          <a:stretch/>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8124825" y="166688"/>
-            <a:ext cx="1573213" cy="576262"/>
+            <a:off x="3239092" y="345947"/>
+            <a:ext cx="3458725" cy="1945533"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="正方形/長方形 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-7119" y="2612821"/>
+            <a:ext cx="9906000" cy="1282340"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="62215" tIns="31107" rIns="62215" bIns="31107" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1225" dirty="0">
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Box 1804">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84BDA507-F692-4381-BDB4-D18A4AFFCAB4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1021" y="4148275"/>
+            <a:ext cx="9904979" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
-      </p:pic>
-[...3 lines deleted...]
-          <p:cNvPicPr preferRelativeResize="0"/>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>＜番組プロフィール </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="2400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>&amp; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>ご提供企画＞</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="テキスト ボックス 5"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...6 lines deleted...]
-        </p:blipFill>
+        </p:nvSpPr>
         <p:spPr>
-          <a:xfrm rot="10800000" flipH="1">
-[...1 lines deleted...]
-            <a:ext cx="9906000" cy="61210"/>
+          <a:xfrm>
+            <a:off x="1021" y="2865935"/>
+            <a:ext cx="9904979" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...27 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
-            <a:noAutofit/>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
-[...8 lines deleted...]
-            <a:endParaRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>ＳＵＰＥＲ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>ＣＡＳＴ</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="4000" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="lt1"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
-              <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-              <a:sym typeface="Arial"/>
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2906477017"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
-[...704 lines deleted...]
-</p:sldMaster>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
 </file>
 
-<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...3 lines deleted...]
-<file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 61"/>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="図 9"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="441787" y="2678386"/>
+            <a:ext cx="2566997" cy="1443936"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="63" name="Google Shape;63;p1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="8" name="Text Box 2"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="416496" y="127460"/>
-            <a:ext cx="4174165" cy="646290"/>
+            <a:off x="344488" y="260648"/>
+            <a:ext cx="7561387" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle/>
-[...1 lines deleted...]
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
-                <a:spcPts val="0"/>
+                <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
-                <a:spcPts val="0"/>
+                <a:spcPct val="0"/>
               </a:spcAft>
-              <a:buNone/>
-[...9 lines deleted...]
-                <a:sym typeface="Arial"/>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
               </a:rPr>
-              <a:t>SUPER CAST</a:t>
-[...9 lines deleted...]
-            </a:endParaRPr>
+              <a:t>◆</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>ＳＵＰＥＲ ＣＡＳＴ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>　＜番組概要＞</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="64" name="Google Shape;64;p1"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="9" name="Text Box 66"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="4590661" y="219793"/>
-            <a:ext cx="4024661" cy="461624"/>
+            <a:off x="388416" y="1098331"/>
+            <a:ext cx="9361040" cy="1446550"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>「みんながみんなエンターテイナー時代」、そんな</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>SUPER CAST</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>を楽しく紹介！</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" b="1" u="sng" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-ea"/>
+              <a:ea typeface="+mn-ea"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="0" dirty="0">
+              <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>SNS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>などの発展で「みんながみんなエンターテイナー時代」が到来！</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+              <a:latin typeface="+mn-ea"/>
+              <a:ea typeface="+mn-ea"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>この番組ではそんなエンターテイナー達を</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>SUPER CAST</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>と呼ぶことにしました！ </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+              <a:latin typeface="+mn-ea"/>
+              <a:ea typeface="+mn-ea"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>音楽、お笑い、ゲーム、動画、デザイン、写真、ファッション、料理などちょっとしたことからすごいことまで、</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+              <a:latin typeface="+mn-ea"/>
+              <a:ea typeface="+mn-ea"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>SUPER CAST</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>を楽しく紹介していきます！</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="テキスト ボックス 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA54E4F6-1FB7-06FA-415F-67C42C400C4A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="441787" y="4437112"/>
+            <a:ext cx="9080406" cy="2308324"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buNone/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0">
-[...6 lines deleted...]
-                <a:sym typeface="Arial"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>Mon-Thu </a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t>●番組タイトル</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>22</a:t>
-[...9 lines deleted...]
-                <a:sym typeface="Arial"/>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>:00-2</a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t>ＳＵＰＥＲ ＣＡＳＴ</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>4</a:t>
-[...9 lines deleted...]
-                <a:sym typeface="Arial"/>
+              <a:t>●放送時間</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>:00</a:t>
-[...8 lines deleted...]
-              <a:sym typeface="Arial"/>
+              <a:t>		</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>月曜日～木曜日　２２：００～２４：００ ＜２時間プログラム＞</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>●</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>NAVIGATOR	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>町田</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0" err="1">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>こ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>ーすけ</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>●</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>TARGET		16</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>歳～</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>23</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>歳　男・女　高校生・大学生 メイン</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>●番組</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>SNS		X</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>：</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>@ZIP_SUPER_CAST</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>／約</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>8,400</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>人</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>		 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>　</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1600" i="0" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1881788586"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="5" name="表 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="12" name="表 11"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="222121474"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1114182628"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="255129" y="1341993"/>
-          <a:ext cx="6011199" cy="4470098"/>
+          <a:off x="504262" y="1662935"/>
+          <a:ext cx="5455151" cy="4934414"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
-              <a:tblPr firstRow="1" bandRow="1"/>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
+              </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="1502800">
+                <a:gridCol w="1360930">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="4508399">
+                <a:gridCol w="1497929">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
+                <a:gridCol w="2596292">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
               </a:tblGrid>
-              <a:tr h="360000">
+              <a:tr h="423881">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
-                    <a:lstStyle>
-[...207 lines deleted...]
-                    </a:lstStyle>
+                    <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" dirty="0">
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
-                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>PROGRAM</a:t>
-[...12 lines deleted...]
-                        <a:t>CONCEPT</a:t>
+                        <a:t>生年月日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
-                      <a:srgbClr val="797B84"/>
+                      <a:schemeClr val="tx2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
-                <a:tc>
+                <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
-                    <a:lstStyle>
-[...207 lines deleted...]
-                    </a:lstStyle>
+                    <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" u="none" strike="noStrike" cap="none" dirty="0">
-[...6 lines deleted...]
-                          <a:sym typeface="Arial"/>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>SNS</a:t>
+                        <a:t>1987</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" u="none" strike="noStrike" cap="none" dirty="0">
-[...6 lines deleted...]
-                          <a:sym typeface="Arial"/>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>などの発展で「みんながみんなエンターテイナー時代」が到来！この番組ではそんなエンターテイナー達を</a:t>
+                        <a:t>年</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" u="none" strike="noStrike" cap="none" dirty="0">
-[...6 lines deleted...]
-                          <a:sym typeface="Arial"/>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>SUPER</a:t>
+                        <a:t>10</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" u="none" strike="noStrike" cap="none" dirty="0">
-[...6 lines deleted...]
-                          <a:sym typeface="Arial"/>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t> </a:t>
+                        <a:t>月</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" u="none" strike="noStrike" cap="none" dirty="0">
-[...6 lines deleted...]
-                          <a:sym typeface="Arial"/>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>CAST </a:t>
+                        <a:t>2</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" u="none" strike="noStrike" cap="none" dirty="0">
-[...6 lines deleted...]
-                          <a:sym typeface="Arial"/>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>と呼ぶことにしました！</a:t>
+                        <a:t>日</a:t>
                       </a:r>
-                    </a:p>
-[...78 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
-                    <a:noFill/>
                   </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="468000">
+              <a:tr h="443759">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
-                    <a:lstStyle>
-[...207 lines deleted...]
-                    </a:lstStyle>
+                    <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPts val="1800"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
-                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>NAVIGATOR</a:t>
+                        <a:t>出身地</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
-                      <a:srgbClr val="797B84"/>
+                      <a:schemeClr val="tx2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
-                <a:tc>
+                <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
-                    <a:lstStyle>
-[...207 lines deleted...]
-                    </a:lstStyle>
+                    <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" u="none" strike="noStrike" cap="none" dirty="0">
-[...3 lines deleted...]
-                          <a:sym typeface="Arial"/>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>町田こーすけ</a:t>
+                        <a:t>愛知県</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
-                    <a:noFill/>
                   </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="360000">
+              <a:tr h="443759">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
-                    <a:lstStyle>
-[...207 lines deleted...]
-                    </a:lstStyle>
+                    <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPts val="1800"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
-                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>NAVIGATOR</a:t>
-[...16 lines deleted...]
-                        <a:t>PROFILE</a:t>
+                        <a:t>趣味</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
-                      <a:srgbClr val="797B84"/>
+                      <a:schemeClr val="tx2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
-                <a:tc>
+                <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
-                    <a:lstStyle>
-[...207 lines deleted...]
-                    </a:lstStyle>
+                    <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
-[...10 lines deleted...]
-                      </a:pPr>
+                      <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" u="none" strike="noStrike" cap="none" dirty="0">
-[...6 lines deleted...]
-                          <a:sym typeface="Arial"/>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>2007</a:t>
+                        <a:t>漫画、雑学収集</a:t>
                       </a:r>
-                      <a:r>
-[...158 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
-                    <a:noFill/>
                   </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="468000">
+              <a:tr h="443759">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
-                    <a:lstStyle>
-[...14 lines deleted...]
-                        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="0" dirty="0">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:latin typeface="HGPｺﾞｼｯｸE"/>
-[...188 lines deleted...]
-                    </a:lstStyle>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>特技</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:schemeClr val="tx2"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc gridSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>バスケットボール、ゲラ、スノーボード、動物雑学</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="443759">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
-                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>TARGET</a:t>
+                        <a:t>ZIP-FM</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>歴</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
-                    <a:lnL w="12700" cmpd="sng">
-                      <a:noFill/>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
-                      <a:srgbClr val="797B84"/>
+                      <a:schemeClr val="tx2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
-                <a:tc>
+                <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
-                    <a:lstStyle>
-[...207 lines deleted...]
-                    </a:lstStyle>
+                    <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" u="none" strike="noStrike" cap="none" dirty="0">
-[...6 lines deleted...]
-                          <a:sym typeface="Arial"/>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>16</a:t>
+                        <a:t>2022</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" u="none" strike="noStrike" cap="none" dirty="0">
-[...6 lines deleted...]
-                          <a:sym typeface="Arial"/>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>～</a:t>
+                        <a:t>年</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" u="none" strike="noStrike" cap="none" dirty="0">
-[...6 lines deleted...]
-                          <a:sym typeface="Arial"/>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>23</a:t>
+                        <a:t>4</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" u="none" strike="noStrike" cap="none" dirty="0">
-[...6 lines deleted...]
-                          <a:sym typeface="Arial"/>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>歳　男・女　</a:t>
+                        <a:t>月～</a:t>
                       </a:r>
-                      <a:r>
-[...25 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
-                    <a:noFill/>
                   </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="468000">
+              <a:tr h="1641299">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
-                    <a:lstStyle>
-                      <a:lvl1pPr marR="0" algn="l" rtl="0">
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
-                        <a:buClr>
-[...198 lines deleted...]
-                      <a:pPr algn="ctr"/>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" dirty="0">
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
-                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>PROGRAM</a:t>
-[...12 lines deleted...]
-                        <a:t>SNS</a:t>
+                        <a:t>経歴</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
-                      <a:srgbClr val="797B84"/>
+                      <a:schemeClr val="tx2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
+                <a:tc gridSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>2007</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>年</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>10</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>月に名古屋出身同級生お笑いコンビ</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>「デラスキッパーズ」でデビュー。</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>現在はピン芸人、そして番組やイベントの構成・脚本作家としても活躍中！</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>クイズ作家の経験もあり、知識豊富。</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>そこから生み出されるトークとキレのあるツッコミが持ち味！</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="547099">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
-                    <a:lstStyle>
-                      <a:lvl1pPr marR="0" algn="l" rtl="0">
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
-                        <a:buClr>
-[...3 lines deleted...]
-                        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="0" dirty="0">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:latin typeface="HGPｺﾞｼｯｸE"/>
-[...4 lines deleted...]
-                      <a:lvl2pPr marR="0" algn="l" rtl="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>ナビゲーター</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
-                        <a:buClr>
-[...3 lines deleted...]
-                        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="0" dirty="0">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:latin typeface="HGPｺﾞｼｯｸE"/>
-[...4 lines deleted...]
-                      <a:lvl3pPr marR="0" algn="l" rtl="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>キャリア</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:schemeClr val="tx2"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
-                        <a:buClr>
-[...3 lines deleted...]
-                        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
-                          <a:latin typeface="HGPｺﾞｼｯｸE"/>
-[...18 lines deleted...]
-                        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>2022</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
-                          <a:latin typeface="HGPｺﾞｼｯｸE"/>
-[...18 lines deleted...]
-                        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>年</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
-                          <a:latin typeface="HGPｺﾞｼｯｸE"/>
-[...18 lines deleted...]
-                        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
-                          <a:latin typeface="HGPｺﾞｼｯｸE"/>
-[...100 lines deleted...]
-                          <a:sym typeface="Arial"/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>X</a:t>
+                        <a:t>月～</a:t>
                       </a:r>
-                      <a:r>
-[...61 lines deleted...]
-                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                        <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
-                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>「</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>SUPER CAST</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>」</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="547099">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>SNS</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:schemeClr val="tx2"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc gridSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>X</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>@delasuki_match</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>／</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>6,329</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>人</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>Instagram</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0" err="1">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>matchdelasuki</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>／</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>1,355</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>人</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="図 2" descr="写真, 座る, 食品 が含まれている画像&#10;&#10;AI によって生成されたコンテンツは間違っている可能性があります。">
+          <p:cNvPr id="8" name="図 7" descr="人, 建物, 男, 若い が含まれている画像&#10;&#10;自動的に生成された説明">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4930DB91-7ADB-CDE0-A536-AC9CC5AC2177}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F83FBB8-E71A-45E5-4C9C-86705EDB8A5F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="12921" t="7350" r="5618" b="51869"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6615772" y="1682798"/>
+            <a:ext cx="2904333" cy="2178250"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text Box 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90975E78-F2DF-4D32-BBE1-BD26788897D1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="344488" y="1060545"/>
+            <a:ext cx="7561387" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>町田</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" u="sng" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>こ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>ーすけ　＜</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="2000" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>KOSUKE MACHIDA</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>＞</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Text Box 2"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="344488" y="260648"/>
+            <a:ext cx="7776864" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>◆</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>ＳＵＰＥＲ ＣＡＳＴ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>　＜ナビゲーター・プロフィール＞</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3602690590"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Box 2"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="344488" y="260648"/>
+            <a:ext cx="7561387" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>◆</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>ＳＵＰＥＲ ＣＡＳＴ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>　＜聴取率データ＞</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="44" name="正方形/長方形 43">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E388C63-4378-4E41-AF6C-B9849C0C3A05}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="663450" y="1314517"/>
+            <a:ext cx="8723118" cy="2546359"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFF99"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg2">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="47" name="FMGＺ右">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26BA8FD9-F48F-4835-8BBA-C50F8BD07627}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noChangeAspect="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2227005213"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="5494241" y="1647994"/>
+          <a:ext cx="2339176" cy="1871341"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="48" name="四角形: 角を丸くする 50">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E91FE78-C287-41BF-8096-8F604C7B1697}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1785933" y="1071370"/>
+            <a:ext cx="6480720" cy="448511"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="00B0F0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg2">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="51" name="折れ線Ｇ"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noChangeAspect="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3338207245"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="5235503" y="1914534"/>
+          <a:ext cx="3782159" cy="1785271"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56" name="テキスト ボックス 55">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F54C4F7-F523-4453-820C-5CB300F1005A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1376679" y="1109676"/>
+            <a:ext cx="7324528" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>「</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>SUPER CAST</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>」は、＜</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>16</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>歳～</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>23</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>歳＞ターゲット聴取シェア</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>No.1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>！</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="57" name="テキスト ボックス 56">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9050AB78-A415-4AAC-A48E-E1CEBBF08282}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7644984" y="2050239"/>
+            <a:ext cx="1107794" cy="215444"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>＜時間帯別聴取率＞</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg2">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="60" name="グループ化 59">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6ED86225-032B-4C1C-ACF8-E33994A001D8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="5494241" y="1590405"/>
+            <a:ext cx="3515910" cy="300389"/>
+            <a:chOff x="6174242" y="2091338"/>
+            <a:chExt cx="3058156" cy="300389"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="61" name="テキスト ボックス 60">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA51902D-47B3-4CAE-BDD8-1197F1E57BBC}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6174242" y="2096440"/>
+              <a:ext cx="729003" cy="272802"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:noAutofit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>ＺＩＰ</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" dirty="0">
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>-</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>ＦＭ</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>    </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                  <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>　　　</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="62" name="直線コネクタ 61">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4B59604-ABF2-4F3A-B55A-1460FD1D5ADB}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvCxnSpPr>
+              <a:cxnSpLocks/>
+            </p:cNvCxnSpPr>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6925762" y="2335462"/>
+              <a:ext cx="611457" cy="1107"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="28575" cap="rnd">
+              <a:solidFill>
+                <a:srgbClr val="FF9900"/>
+              </a:solidFill>
+              <a:prstDash val="sysDash"/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="63" name="直線コネクタ 62">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87C0C8F4-4A1C-439D-AF91-989257879DE5}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvCxnSpPr>
+              <a:cxnSpLocks/>
+            </p:cNvCxnSpPr>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6195403" y="2328142"/>
+              <a:ext cx="611457" cy="1107"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="38100" cap="rnd">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="64" name="直線コネクタ 63">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7199FE59-BE82-4ADC-9BDD-9C79B6B61B05}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvCxnSpPr>
+              <a:cxnSpLocks/>
+            </p:cNvCxnSpPr>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7667573" y="2338223"/>
+              <a:ext cx="611457" cy="1107"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="28575" cap="rnd">
+              <a:solidFill>
+                <a:srgbClr val="009900"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="65" name="直線コネクタ 64">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AAA1F4D4-E43E-4B5F-8AEC-68F619E4FE21}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvCxnSpPr>
+              <a:cxnSpLocks/>
+            </p:cNvCxnSpPr>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8496643" y="2338577"/>
+              <a:ext cx="611457" cy="1107"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="38100" cap="rnd">
+              <a:solidFill>
+                <a:srgbClr val="3333FF"/>
+              </a:solidFill>
+              <a:prstDash val="sysDot"/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="66" name="テキスト ボックス 65">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF20A621-78B1-48AB-9C04-7C3CB3CB4197}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6806860" y="2100760"/>
+              <a:ext cx="866291" cy="272802"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:noAutofit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>ＣＢＣラジオ   </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                  <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>　　　</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="67" name="テキスト ボックス 66">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A5AEA37-1578-4C84-A52D-F501B36DE859}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7630352" y="2091338"/>
+              <a:ext cx="866292" cy="272802"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:noAutofit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>東海ラジオ   </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                  <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>　　　</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="68" name="テキスト ボックス 67">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{178D3A9D-2397-4F56-879C-4F30EE1B6184}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8361144" y="2096204"/>
+              <a:ext cx="871254" cy="295523"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:noAutofit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>ＦＭ ＡＩＣＨＩ    </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                  <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>　　　</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="2" name="グループ化 1"/>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="1528830" y="1535678"/>
+            <a:ext cx="2656507" cy="2397416"/>
+            <a:chOff x="1756112" y="1817214"/>
+            <a:chExt cx="2313995" cy="2016229"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:graphicFrame>
+          <p:nvGraphicFramePr>
+            <p:cNvPr id="75" name="全GＺ右">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F72B9D9E-41FE-4C14-B874-0C2B920B038A}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="1"/>
+            </p:cNvGraphicFramePr>
+            <p:nvPr>
+              <p:extLst>
+                <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                  <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2181105855"/>
+                </p:ext>
+              </p:extLst>
+            </p:nvPr>
+          </p:nvGraphicFramePr>
+          <p:xfrm>
+            <a:off x="1756112" y="1961489"/>
+            <a:ext cx="2224477" cy="1871954"/>
+          </p:xfrm>
+          <a:graphic>
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+              <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
+            </a:graphicData>
+          </a:graphic>
+        </p:graphicFrame>
+        <p:graphicFrame>
+          <p:nvGraphicFramePr>
+            <p:cNvPr id="76" name="全G他右">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{867B003C-7BDF-49BB-9EF7-5AB592B1E912}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="1"/>
+            </p:cNvGraphicFramePr>
+            <p:nvPr>
+              <p:extLst>
+                <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                  <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3046002932"/>
+                </p:ext>
+              </p:extLst>
+            </p:nvPr>
+          </p:nvGraphicFramePr>
+          <p:xfrm>
+            <a:off x="1766420" y="1817214"/>
+            <a:ext cx="2084589" cy="1928252"/>
+          </p:xfrm>
+          <a:graphic>
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+              <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
+            </a:graphicData>
+          </a:graphic>
+        </p:graphicFrame>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="77" name="WordArt 6">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FADFFB1-813D-481D-9ABF-21332EFAE2FB}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="3249815" y="2185688"/>
+              <a:ext cx="642872" cy="228686"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:extLst>
+              <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:effectLst/>
+                </a14:hiddenEffects>
+              </a:ext>
+            </a:extLst>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" fromWordArt="1">
+              <a:prstTxWarp prst="textPlain">
+                <a:avLst>
+                  <a:gd name="adj" fmla="val 50000"/>
+                </a:avLst>
+              </a:prstTxWarp>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="dist"/>
+              <a:r>
+                <a:rPr lang="en-US" altLang="ja-JP" sz="2100" b="1" kern="10" spc="-105" dirty="0">
+                  <a:ln w="12700">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:round/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>ZIP-FM</a:t>
+              </a:r>
+              <a:endParaRPr lang="ja-JP" altLang="en-US" sz="2100" b="1" kern="10" spc="-105" dirty="0">
+                <a:ln w="12700">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:round/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="78" name="WordArt 6">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58F27D26-7B4E-4D67-861D-6E2E10E310C9}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="3496778" y="2554174"/>
+              <a:ext cx="573329" cy="275200"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:extLst>
+              <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:effectLst/>
+                </a14:hiddenEffects>
+              </a:ext>
+            </a:extLst>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" fromWordArt="1">
+              <a:prstTxWarp prst="textPlain">
+                <a:avLst>
+                  <a:gd name="adj" fmla="val 50000"/>
+                </a:avLst>
+              </a:prstTxWarp>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="dist"/>
+              <a:r>
+                <a:rPr lang="en-US" altLang="ja-JP" sz="2100" b="1" kern="10" spc="-105">
+                  <a:ln w="12700">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:round/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>46</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="2100" b="1" kern="10" spc="-105" dirty="0" err="1">
+                  <a:ln w="12700">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:round/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>．</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" altLang="ja-JP" sz="2100" b="1" kern="10" spc="-105" dirty="0">
+                  <a:ln w="12700">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:round/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>6</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="2100" b="1" kern="10" spc="-105" dirty="0">
+                  <a:ln w="12700">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:round/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>％</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="79" name="正方形/長方形 78">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF62DEAC-889E-4260-BA33-8CBE52E4BD8B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="663450" y="4307347"/>
+            <a:ext cx="8723118" cy="2219490"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFF99"/>
+          </a:solidFill>
+          <a:ln w="25400">
+            <a:solidFill>
+              <a:schemeClr val="bg2">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US">
+              <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="83" name="グループ化 82">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B6D0B568-F110-4B5C-A747-A707A9A0FA1E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="1784648" y="4062328"/>
+            <a:ext cx="6436043" cy="473889"/>
+            <a:chOff x="1189685" y="4176045"/>
+            <a:chExt cx="4269152" cy="473889"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="84" name="四角形: 角を丸くする 37">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55CD28FF-9895-4222-94FC-685C914E11F9}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="1197615" y="4176045"/>
+              <a:ext cx="4261222" cy="473889"/>
+            </a:xfrm>
+            <a:prstGeom prst="roundRect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:srgbClr val="FF9900"/>
+            </a:solidFill>
+            <a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg2">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="85" name="テキスト ボックス 84">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26FC4DD6-4406-4FD3-9C3E-B39B80762B3F}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="1189685" y="4244231"/>
+              <a:ext cx="4266727" cy="338554"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr" defTabSz="1043056" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>「</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>SUPER CAST</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>」は、</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>週間で</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>27</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>万人に聴かれています！</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="92" name="テキスト ボックス 17"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1665384" y="4739075"/>
+            <a:ext cx="5431295" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>●「</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>SUPER CAST</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>」の</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>週間のユニークリーチ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>到達率</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>・・・</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" b="1" u="sng" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>1.3%</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="93" name="テキスト ボックス 19"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3751675" y="6007583"/>
+            <a:ext cx="3504486" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>重複を除く正味到達人数</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+              <a:latin typeface="+mn-ea"/>
+              <a:ea typeface="+mn-ea"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>中京圏の</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>ZIP-FM</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>良好聴取エリア内の男女</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>12</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>～</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>69</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>才</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+              <a:latin typeface="+mn-ea"/>
+              <a:ea typeface="+mn-ea"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="94" name="テキスト ボックス 18"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3749946" y="5238142"/>
+            <a:ext cx="4312399" cy="769441"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="4400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EA6431"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>13</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="4400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EA6431"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>万人／</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EA6431"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>1,000</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EA6431"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>万人</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="3200" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="EA6431"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-ea"/>
+              <a:ea typeface="+mn-ea"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="95" name="テキスト ボックス 17"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1638444" y="5307503"/>
+            <a:ext cx="1941557" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>人口換算すると</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>…</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="96" name="テキスト ボックス 95">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C220D258-9AFE-78D4-4296-9628C160E883}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="726306" y="6596789"/>
+            <a:ext cx="8306636" cy="200055"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>株式会社ビデオリサーチ調べ　中京圏ラジオ調査 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="700" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>年</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>6</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>月度 </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+              <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="654015584"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECDB3209-E3BF-F721-FB6C-173B9200106E}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="正方形/長方形 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B12A4A6F-67D6-16CC-E94C-337E9107F378}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="347496" y="1966705"/>
+            <a:ext cx="4536504" cy="4328326"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFF99"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg2">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="8" name="グラフ 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EC5C0EE-CBD7-8E59-FA9E-6EF5EDF343F6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1467909474"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="377737" y="2299835"/>
+          <a:ext cx="4572000" cy="2743200"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text Box 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDB2BB2C-89DE-B736-26B3-7BACE0BC6600}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="344488" y="260648"/>
+            <a:ext cx="7561387" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>◆</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>ＳＵＰＥＲ ＣＡＳＴ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>　＜聴取者構成＞</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="正方形/長方形 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF067A62-A5B5-64C9-E78D-14BD1A52F7D7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5025008" y="1966705"/>
+            <a:ext cx="4536504" cy="4328326"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFF99"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg2">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="四角形: 角を丸くする 50">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{057CA13F-902C-5B45-1D54-3A98176E6267}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5853742" y="1518193"/>
+            <a:ext cx="2735019" cy="448511"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="00B0F0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg2">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:t>男女年代別構成</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="7" name="グラフ 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CAF59B3-7B79-F856-1D1A-7977C95780FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="46476731"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="5021830" y="2046558"/>
+          <a:ext cx="4536504" cy="2743200"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="14" name="表 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9B40275-E912-0998-2106-7E9B97239588}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="712104039"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="5156482" y="5164413"/>
+          <a:ext cx="4267200" cy="906780"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr/>
+              <a:tblGrid>
+                <a:gridCol w="609600">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2712265113"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="609600">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="982957887"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="609600">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="689314784"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="609600">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4116244407"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="609600">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3848452236"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="609600">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3428843892"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="609600">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1301916377"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="274320">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>　</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>男性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>12</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>19</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="99CCFF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>男性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>20</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>29</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="33CCFF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>男性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>30</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>39</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="0099FF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>男性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>40</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>49</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="3366FF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>男性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>50</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>59</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="0033CC"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>男性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>60</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>69</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="333399"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2424355263"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="167640">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="800" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>22:00-24:00</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>12.7</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1.7</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>13.6</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>12.0</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>25.7</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>5.6</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="471739183"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="274320">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>　</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>女性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>12</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>19</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FFCCFF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>女性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>20</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>29</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FF99FF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>女性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>30</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>39</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FF66FF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>女性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>40</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>49</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FF00FF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>女性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>50</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>59</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="CC00CC"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>女性</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>60</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>69</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="660066"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2114801994"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="175260">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="800" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>22:00-24:00</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4.4</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0.3</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>14.9</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0.2</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>6.9</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1.9</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2390851049"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="四角形: 角を丸くする 50">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{893C2775-9A32-DFE1-4685-D07EF85935EE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1162978" y="1536651"/>
+            <a:ext cx="2735019" cy="448511"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="00B0F0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg2">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:t>男女比</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text Box 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8EA14D40-520B-CD6B-56E6-BBCA45047C7E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="285107" y="5263860"/>
+            <a:ext cx="4674164" cy="707886"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>「</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="2000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>SUPER CAST</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>」リスナーの</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="2000" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mj-ea"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>約</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>7.1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>割が男性</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>約</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>2.9</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>割が女性</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="テキスト ボックス 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BBEA6EC-A328-7A9D-C673-C6F07EB071D7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="726306" y="6497324"/>
+            <a:ext cx="8306636" cy="200055"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>株式会社ビデオリサーチ調べ　中京圏ラジオ調査 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="700" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>年</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>6</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>月度 </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+              <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Text Box 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C147054E-9187-B291-0850-8FC9F9D90934}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="344488" y="961941"/>
+            <a:ext cx="7561387" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>●（月～木）</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>22:00</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>～</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>24:00</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>における</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>12-69</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>歳男女のリスナー層</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="2" name="グラフ 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{925E8057-4BB1-C595-F16B-4094E4BFBCD5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1985760590"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="4935167" y="2207570"/>
+          <a:ext cx="4709830" cy="2812662"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3242440487"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="図 1"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6466565" y="1341994"/>
-            <a:ext cx="3184305" cy="1791172"/>
+            <a:off x="275872" y="1467177"/>
+            <a:ext cx="2566205" cy="2033832"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Box 2"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="344488" y="260648"/>
+            <a:ext cx="7561387" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>◆</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>ＳＵＰＥＲ ＣＡＳＴ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>　＜番組ＳＮＳ＞</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="テキスト ボックス 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA54E4F6-1FB7-06FA-415F-67C42C400C4A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="200472" y="993512"/>
+            <a:ext cx="9080406" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>●番組</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>X</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>：</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>@ZIP_SUPER_CAST</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>／約</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>8,400</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>人</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>			 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>　</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1600" i="0" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="図 3"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2936776" y="1469917"/>
+            <a:ext cx="1908888" cy="3039203"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="図 4"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="416496" y="3717032"/>
+            <a:ext cx="2232735" cy="2736304"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="図 5"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2979774" y="4678166"/>
+            <a:ext cx="1822891" cy="2034060"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="図 6"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4953001" y="1412776"/>
+            <a:ext cx="2160240" cy="2450576"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="図 8"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5134907" y="4092661"/>
+            <a:ext cx="1796427" cy="2379723"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="図 9"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId9"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7445102" y="1372287"/>
+            <a:ext cx="2025061" cy="2491065"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="図 10"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId10"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7545288" y="4036074"/>
+            <a:ext cx="1609256" cy="2492896"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="113526076"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="18" name="図 17"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="541603" y="5859776"/>
+            <a:ext cx="8534342" cy="754462"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="17" name="図 16"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="541603" y="4975710"/>
+            <a:ext cx="8585249" cy="743347"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="図 15"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="541603" y="4092179"/>
+            <a:ext cx="8614136" cy="745139"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="15" name="図 14"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="545814" y="3246710"/>
+            <a:ext cx="8609925" cy="729793"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="14" name="図 13"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="545814" y="2338363"/>
+            <a:ext cx="8581038" cy="728039"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="13" name="図 12"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="545814" y="1459493"/>
+            <a:ext cx="8655872" cy="723378"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="テキスト ボックス 10"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="352279" y="935432"/>
+            <a:ext cx="9586513" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>●</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>radiko</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>全体のリスナーと</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>比較して、「</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>SUPER CAST</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>」のリスナーのポイントが高いプロフィール</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text Box 2"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="344488" y="260648"/>
+            <a:ext cx="7561387" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>◆</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>ＳＵＰＥＲ ＣＡＳＴ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>　＜リスナー・プロフィール＞</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="559619209"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Box 2"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="344489" y="260648"/>
+            <a:ext cx="6480720" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>◆</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>ＳＵＰＥＲ ＣＡＳＴ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>　＜タイムテーブル＞</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="3" name="表 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15BA5D70-57FE-CE77-5F44-BF38D3BC2C1E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1928284581"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="749023" y="1268760"/>
+          <a:ext cx="8424937" cy="1922334"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr bandRow="1">
+                <a:tableStyleId>{5DA37D80-6434-44D0-A028-1B22A696006F}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="1328870">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1401434">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="5694633">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="525938">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1400" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>START</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1400" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>END</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1400" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>コーナー・タイトル</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mj-ea"/>
+                        <a:ea typeface="+mj-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="338158">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>21:58</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>22:00</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>　</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>TIME</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>SIGNAL</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mj-ea"/>
+                        <a:ea typeface="+mj-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2386700441"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="338158">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>22:0</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>１</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mj-ea"/>
+                        <a:ea typeface="+mj-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mj-ea"/>
+                        <a:ea typeface="+mj-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>　</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>OPENER〜</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mj-ea"/>
+                        <a:ea typeface="+mj-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="813977691"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="360040">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>23:57</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mj-ea"/>
+                        <a:ea typeface="+mj-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>　</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>CLOSER</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mj-ea"/>
+                        <a:ea typeface="+mj-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="643877542"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="360040">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>23:58</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>24:00</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>　</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>TIME</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>SIGNAL</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mj-ea"/>
+                        <a:ea typeface="+mj-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="358773921"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1879755167"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="標準デザイン">
   <a:themeElements>
     <a:clrScheme name="ZIP COLOR1">
       <a:dk1>
-        <a:srgbClr val="000000"/>
+        <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="FFFFFF"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="797B84"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="D8D8D8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="EB6432"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="797B84"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="43AC77"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="B13483"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="79C6E7"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F28B84"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0070C0"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="固定フォント">
       <a:majorFont>
-        <a:latin typeface="Arial"/>
-        <a:ea typeface=""/>
+        <a:latin typeface="HGPｺﾞｼｯｸE"/>
+        <a:ea typeface="HGPｺﾞｼｯｸE"/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Arial"/>
-        <a:ea typeface=""/>
+        <a:latin typeface="HGPｺﾞｼｯｸE"/>
+        <a:ea typeface="HGPｺﾞｼｯｸE"/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
-                <a:shade val="100000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst>
+    <a:extraClrScheme>
+      <a:clrScheme name="標準デザイン 1">
+        <a:dk1>
+          <a:srgbClr val="000000"/>
+        </a:dk1>
+        <a:lt1>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt1>
+        <a:dk2>
+          <a:srgbClr val="000000"/>
+        </a:dk2>
+        <a:lt2>
+          <a:srgbClr val="808080"/>
+        </a:lt2>
+        <a:accent1>
+          <a:srgbClr val="BBE0E3"/>
+        </a:accent1>
+        <a:accent2>
+          <a:srgbClr val="333399"/>
+        </a:accent2>
+        <a:accent3>
+          <a:srgbClr val="FFFFFF"/>
+        </a:accent3>
+        <a:accent4>
+          <a:srgbClr val="000000"/>
+        </a:accent4>
+        <a:accent5>
+          <a:srgbClr val="DAEDEF"/>
+        </a:accent5>
+        <a:accent6>
+          <a:srgbClr val="2D2D8A"/>
+        </a:accent6>
+        <a:hlink>
+          <a:srgbClr val="009999"/>
+        </a:hlink>
+        <a:folHlink>
+          <a:srgbClr val="99CC00"/>
+        </a:folHlink>
+      </a:clrScheme>
+      <a:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    </a:extraClrScheme>
+    <a:extraClrScheme>
+      <a:clrScheme name="標準デザイン 2">
+        <a:dk1>
+          <a:srgbClr val="000000"/>
+        </a:dk1>
+        <a:lt1>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt1>
+        <a:dk2>
+          <a:srgbClr val="000000"/>
+        </a:dk2>
+        <a:lt2>
+          <a:srgbClr val="969696"/>
+        </a:lt2>
+        <a:accent1>
+          <a:srgbClr val="FBDF53"/>
+        </a:accent1>
+        <a:accent2>
+          <a:srgbClr val="FF9966"/>
+        </a:accent2>
+        <a:accent3>
+          <a:srgbClr val="FFFFFF"/>
+        </a:accent3>
+        <a:accent4>
+          <a:srgbClr val="000000"/>
+        </a:accent4>
+        <a:accent5>
+          <a:srgbClr val="FDECB3"/>
+        </a:accent5>
+        <a:accent6>
+          <a:srgbClr val="E78A5C"/>
+        </a:accent6>
+        <a:hlink>
+          <a:srgbClr val="CC3300"/>
+        </a:hlink>
+        <a:folHlink>
+          <a:srgbClr val="996600"/>
+        </a:folHlink>
+      </a:clrScheme>
+      <a:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    </a:extraClrScheme>
+    <a:extraClrScheme>
+      <a:clrScheme name="標準デザイン 3">
+        <a:dk1>
+          <a:srgbClr val="000000"/>
+        </a:dk1>
+        <a:lt1>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt1>
+        <a:dk2>
+          <a:srgbClr val="000000"/>
+        </a:dk2>
+        <a:lt2>
+          <a:srgbClr val="808080"/>
+        </a:lt2>
+        <a:accent1>
+          <a:srgbClr val="99CCFF"/>
+        </a:accent1>
+        <a:accent2>
+          <a:srgbClr val="CCCCFF"/>
+        </a:accent2>
+        <a:accent3>
+          <a:srgbClr val="FFFFFF"/>
+        </a:accent3>
+        <a:accent4>
+          <a:srgbClr val="000000"/>
+        </a:accent4>
+        <a:accent5>
+          <a:srgbClr val="CAE2FF"/>
+        </a:accent5>
+        <a:accent6>
+          <a:srgbClr val="B9B9E7"/>
+        </a:accent6>
+        <a:hlink>
+          <a:srgbClr val="3333CC"/>
+        </a:hlink>
+        <a:folHlink>
+          <a:srgbClr val="AF67FF"/>
+        </a:folHlink>
+      </a:clrScheme>
+      <a:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    </a:extraClrScheme>
+    <a:extraClrScheme>
+      <a:clrScheme name="標準デザイン 4">
+        <a:dk1>
+          <a:srgbClr val="000000"/>
+        </a:dk1>
+        <a:lt1>
+          <a:srgbClr val="DEF6F1"/>
+        </a:lt1>
+        <a:dk2>
+          <a:srgbClr val="000000"/>
+        </a:dk2>
+        <a:lt2>
+          <a:srgbClr val="969696"/>
+        </a:lt2>
+        <a:accent1>
+          <a:srgbClr val="FFFFFF"/>
+        </a:accent1>
+        <a:accent2>
+          <a:srgbClr val="8DC6FF"/>
+        </a:accent2>
+        <a:accent3>
+          <a:srgbClr val="ECFAF7"/>
+        </a:accent3>
+        <a:accent4>
+          <a:srgbClr val="000000"/>
+        </a:accent4>
+        <a:accent5>
+          <a:srgbClr val="FFFFFF"/>
+        </a:accent5>
+        <a:accent6>
+          <a:srgbClr val="7FB3E7"/>
+        </a:accent6>
+        <a:hlink>
+          <a:srgbClr val="0066CC"/>
+        </a:hlink>
+        <a:folHlink>
+          <a:srgbClr val="00A800"/>
+        </a:folHlink>
+      </a:clrScheme>
+      <a:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    </a:extraClrScheme>
+    <a:extraClrScheme>
+      <a:clrScheme name="標準デザイン 5">
+        <a:dk1>
+          <a:srgbClr val="000000"/>
+        </a:dk1>
+        <a:lt1>
+          <a:srgbClr val="FFFFD9"/>
+        </a:lt1>
+        <a:dk2>
+          <a:srgbClr val="000000"/>
+        </a:dk2>
+        <a:lt2>
+          <a:srgbClr val="777777"/>
+        </a:lt2>
+        <a:accent1>
+          <a:srgbClr val="FFFFF7"/>
+        </a:accent1>
+        <a:accent2>
+          <a:srgbClr val="33CCCC"/>
+        </a:accent2>
+        <a:accent3>
+          <a:srgbClr val="FFFFE9"/>
+        </a:accent3>
+        <a:accent4>
+          <a:srgbClr val="000000"/>
+        </a:accent4>
+        <a:accent5>
+          <a:srgbClr val="FFFFFA"/>
+        </a:accent5>
+        <a:accent6>
+          <a:srgbClr val="2DB9B9"/>
+        </a:accent6>
+        <a:hlink>
+          <a:srgbClr val="FF5050"/>
+        </a:hlink>
+        <a:folHlink>
+          <a:srgbClr val="FF9900"/>
+        </a:folHlink>
+      </a:clrScheme>
+      <a:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    </a:extraClrScheme>
+    <a:extraClrScheme>
+      <a:clrScheme name="標準デザイン 6">
+        <a:dk1>
+          <a:srgbClr val="005A58"/>
+        </a:dk1>
+        <a:lt1>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt1>
+        <a:dk2>
+          <a:srgbClr val="008080"/>
+        </a:dk2>
+        <a:lt2>
+          <a:srgbClr val="FFFF99"/>
+        </a:lt2>
+        <a:accent1>
+          <a:srgbClr val="006462"/>
+        </a:accent1>
+        <a:accent2>
+          <a:srgbClr val="6D6FC7"/>
+        </a:accent2>
+        <a:accent3>
+          <a:srgbClr val="AAC0C0"/>
+        </a:accent3>
+        <a:accent4>
+          <a:srgbClr val="DADADA"/>
+        </a:accent4>
+        <a:accent5>
+          <a:srgbClr val="AAB8B7"/>
+        </a:accent5>
+        <a:accent6>
+          <a:srgbClr val="6264B4"/>
+        </a:accent6>
+        <a:hlink>
+          <a:srgbClr val="00FFFF"/>
+        </a:hlink>
+        <a:folHlink>
+          <a:srgbClr val="00FF00"/>
+        </a:folHlink>
+      </a:clrScheme>
+      <a:clrMap bg1="dk2" tx1="lt1" bg2="dk1" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    </a:extraClrScheme>
+    <a:extraClrScheme>
+      <a:clrScheme name="標準デザイン 7">
+        <a:dk1>
+          <a:srgbClr val="5C1F00"/>
+        </a:dk1>
+        <a:lt1>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt1>
+        <a:dk2>
+          <a:srgbClr val="800000"/>
+        </a:dk2>
+        <a:lt2>
+          <a:srgbClr val="DFD293"/>
+        </a:lt2>
+        <a:accent1>
+          <a:srgbClr val="CC3300"/>
+        </a:accent1>
+        <a:accent2>
+          <a:srgbClr val="BE7960"/>
+        </a:accent2>
+        <a:accent3>
+          <a:srgbClr val="C0AAAA"/>
+        </a:accent3>
+        <a:accent4>
+          <a:srgbClr val="DADADA"/>
+        </a:accent4>
+        <a:accent5>
+          <a:srgbClr val="E2ADAA"/>
+        </a:accent5>
+        <a:accent6>
+          <a:srgbClr val="AC6D56"/>
+        </a:accent6>
+        <a:hlink>
+          <a:srgbClr val="FFFF99"/>
+        </a:hlink>
+        <a:folHlink>
+          <a:srgbClr val="D3A219"/>
+        </a:folHlink>
+      </a:clrScheme>
+      <a:clrMap bg1="dk2" tx1="lt1" bg2="dk1" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    </a:extraClrScheme>
+    <a:extraClrScheme>
+      <a:clrScheme name="標準デザイン 8">
+        <a:dk1>
+          <a:srgbClr val="003366"/>
+        </a:dk1>
+        <a:lt1>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt1>
+        <a:dk2>
+          <a:srgbClr val="000099"/>
+        </a:dk2>
+        <a:lt2>
+          <a:srgbClr val="CCFFFF"/>
+        </a:lt2>
+        <a:accent1>
+          <a:srgbClr val="3366CC"/>
+        </a:accent1>
+        <a:accent2>
+          <a:srgbClr val="00B000"/>
+        </a:accent2>
+        <a:accent3>
+          <a:srgbClr val="AAAACA"/>
+        </a:accent3>
+        <a:accent4>
+          <a:srgbClr val="DADADA"/>
+        </a:accent4>
+        <a:accent5>
+          <a:srgbClr val="ADB8E2"/>
+        </a:accent5>
+        <a:accent6>
+          <a:srgbClr val="009F00"/>
+        </a:accent6>
+        <a:hlink>
+          <a:srgbClr val="66CCFF"/>
+        </a:hlink>
+        <a:folHlink>
+          <a:srgbClr val="FFE701"/>
+        </a:folHlink>
+      </a:clrScheme>
+      <a:clrMap bg1="dk2" tx1="lt1" bg2="dk1" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    </a:extraClrScheme>
+    <a:extraClrScheme>
+      <a:clrScheme name="標準デザイン 9">
+        <a:dk1>
+          <a:srgbClr val="336699"/>
+        </a:dk1>
+        <a:lt1>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt1>
+        <a:dk2>
+          <a:srgbClr val="000000"/>
+        </a:dk2>
+        <a:lt2>
+          <a:srgbClr val="E3EBF1"/>
+        </a:lt2>
+        <a:accent1>
+          <a:srgbClr val="003399"/>
+        </a:accent1>
+        <a:accent2>
+          <a:srgbClr val="468A4B"/>
+        </a:accent2>
+        <a:accent3>
+          <a:srgbClr val="AAAAAA"/>
+        </a:accent3>
+        <a:accent4>
+          <a:srgbClr val="DADADA"/>
+        </a:accent4>
+        <a:accent5>
+          <a:srgbClr val="AAADCA"/>
+        </a:accent5>
+        <a:accent6>
+          <a:srgbClr val="3F7D43"/>
+        </a:accent6>
+        <a:hlink>
+          <a:srgbClr val="66CCFF"/>
+        </a:hlink>
+        <a:folHlink>
+          <a:srgbClr val="F0E500"/>
+        </a:folHlink>
+      </a:clrScheme>
+      <a:clrMap bg1="dk2" tx1="lt1" bg2="dk1" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    </a:extraClrScheme>
+    <a:extraClrScheme>
+      <a:clrScheme name="標準デザイン 10">
+        <a:dk1>
+          <a:srgbClr val="777777"/>
+        </a:dk1>
+        <a:lt1>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt1>
+        <a:dk2>
+          <a:srgbClr val="686B5D"/>
+        </a:dk2>
+        <a:lt2>
+          <a:srgbClr val="D1D1CB"/>
+        </a:lt2>
+        <a:accent1>
+          <a:srgbClr val="909082"/>
+        </a:accent1>
+        <a:accent2>
+          <a:srgbClr val="809EA8"/>
+        </a:accent2>
+        <a:accent3>
+          <a:srgbClr val="B9BAB6"/>
+        </a:accent3>
+        <a:accent4>
+          <a:srgbClr val="DADADA"/>
+        </a:accent4>
+        <a:accent5>
+          <a:srgbClr val="C6C6C1"/>
+        </a:accent5>
+        <a:accent6>
+          <a:srgbClr val="738F98"/>
+        </a:accent6>
+        <a:hlink>
+          <a:srgbClr val="FFCC66"/>
+        </a:hlink>
+        <a:folHlink>
+          <a:srgbClr val="E9DCB9"/>
+        </a:folHlink>
+      </a:clrScheme>
+      <a:clrMap bg1="dk2" tx1="lt1" bg2="dk1" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    </a:extraClrScheme>
+    <a:extraClrScheme>
+      <a:clrScheme name="標準デザイン 11">
+        <a:dk1>
+          <a:srgbClr val="3E3E5C"/>
+        </a:dk1>
+        <a:lt1>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt1>
+        <a:dk2>
+          <a:srgbClr val="666699"/>
+        </a:dk2>
+        <a:lt2>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt2>
+        <a:accent1>
+          <a:srgbClr val="60597B"/>
+        </a:accent1>
+        <a:accent2>
+          <a:srgbClr val="6666FF"/>
+        </a:accent2>
+        <a:accent3>
+          <a:srgbClr val="B8B8CA"/>
+        </a:accent3>
+        <a:accent4>
+          <a:srgbClr val="DADADA"/>
+        </a:accent4>
+        <a:accent5>
+          <a:srgbClr val="B6B5BF"/>
+        </a:accent5>
+        <a:accent6>
+          <a:srgbClr val="5C5CE7"/>
+        </a:accent6>
+        <a:hlink>
+          <a:srgbClr val="99CCFF"/>
+        </a:hlink>
+        <a:folHlink>
+          <a:srgbClr val="FFFF99"/>
+        </a:folHlink>
+      </a:clrScheme>
+      <a:clrMap bg1="dk2" tx1="lt1" bg2="dk1" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    </a:extraClrScheme>
+    <a:extraClrScheme>
+      <a:clrScheme name="標準デザイン 12">
+        <a:dk1>
+          <a:srgbClr val="2D2015"/>
+        </a:dk1>
+        <a:lt1>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt1>
+        <a:dk2>
+          <a:srgbClr val="523E26"/>
+        </a:dk2>
+        <a:lt2>
+          <a:srgbClr val="DFC08D"/>
+        </a:lt2>
+        <a:accent1>
+          <a:srgbClr val="8C7B70"/>
+        </a:accent1>
+        <a:accent2>
+          <a:srgbClr val="8F5F2F"/>
+        </a:accent2>
+        <a:accent3>
+          <a:srgbClr val="B3AFAC"/>
+        </a:accent3>
+        <a:accent4>
+          <a:srgbClr val="DADADA"/>
+        </a:accent4>
+        <a:accent5>
+          <a:srgbClr val="C5BFBB"/>
+        </a:accent5>
+        <a:accent6>
+          <a:srgbClr val="81552A"/>
+        </a:accent6>
+        <a:hlink>
+          <a:srgbClr val="CCB400"/>
+        </a:hlink>
+        <a:folHlink>
+          <a:srgbClr val="8C9EA0"/>
+        </a:folHlink>
+      </a:clrScheme>
+      <a:clrMap bg1="dk2" tx1="lt1" bg2="dk1" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    </a:extraClrScheme>
+  </a:extraClrSchemeLst>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
+  <a:themeElements>
+    <a:clrScheme name="">
+      <a:dk1>
+        <a:srgbClr val="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:srgbClr val="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="000000"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="808080"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="BBE0E3"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="333399"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="FFFFFF"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="000000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="DAEDEF"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="2D2D8A"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="009999"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="99CC00"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
-                <a:shade val="100000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
                 <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr">
               <a:shade val="95000"/>
               <a:satMod val="105000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
@@ -13301,205 +23258,207 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="BBE0E3"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="333399"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="FFFFFF"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="000000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="DAEDEF"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="2D2D8A"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="009999"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="99CC00"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Arial"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Arial"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
-                <a:shade val="100000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr">
               <a:shade val="95000"/>
               <a:satMod val="105000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
@@ -13585,80 +23544,96 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>168</Words>
+  <Words>653</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>A4 210 x 297 mm</PresentationFormat>
-  <Paragraphs>21</Paragraphs>
-[...1 lines deleted...]
-  <Notes>1</Notes>
+  <Paragraphs>139</Paragraphs>
+  <Slides>8</Slides>
+  <Notes>6</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>使用されているフォント</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>テーマ</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>スライド タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="15" baseType="lpstr">
       <vt:lpstr>HGPｺﾞｼｯｸE</vt:lpstr>
+      <vt:lpstr>HGP創英角ｺﾞｼｯｸUB</vt:lpstr>
+      <vt:lpstr>HGｺﾞｼｯｸM</vt:lpstr>
+      <vt:lpstr>Meiryo UI</vt:lpstr>
+      <vt:lpstr>ＭＳ Ｐゴシック</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>標準デザイン</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
+      <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
+      <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
+      <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
+      <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
+      <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
+      <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
+      <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company>ZIP-FM</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>pcfln168</dc:creator>
+  <dc:title>MUSIC DAY</dc:title>
+  <dc:subject>hiroyuki</dc:subject>
+  <dc:creator>hiroyuki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>