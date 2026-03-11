--- v1 (2026-01-25)
+++ v2 (2026-03-11)
@@ -31,50 +31,52 @@
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/ppt/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/ppt/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/ppt/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/charts/chart7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/ppt/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/ppt/charts/chart8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/charts/chart9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" firstSlideNum="0" showSpecialPlsOnTitleSld="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId10"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
     <p:handoutMasterId r:id="rId11"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="461" r:id="rId2"/>
@@ -1351,54 +1353,54 @@
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="14995" autoAdjust="0"/>
     <p:restoredTop sz="94280" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="70" d="100"/>
-          <a:sy n="70" d="100"/>
+          <a:sx n="110" d="100"/>
+          <a:sy n="110" d="100"/>
         </p:scale>
-        <p:origin x="60" y="378"/>
+        <p:origin x="1416" y="114"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide orient="horz" pos="4319"/>
         <p:guide pos="3120"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="75" d="100"/>
         <a:sy n="75" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="75" d="100"/>
         <a:sy n="75" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
@@ -1430,50 +1432,58 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet3.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\m.sugawara\Desktop\&#26178;&#38291;&#21306;&#20998;&#38598;&#35336;&#65308;&#29305;&#24615;&#215;&#26178;&#38291;&#21306;&#20998;&#65310;_20251112_105827.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\m.sugawara\Downloads\&#26178;&#38291;&#21306;&#20998;&#38598;&#35336;&#65308;&#29305;&#24615;&#215;&#23616;&#65310;_20250827_121807.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\m.sugawara\Desktop\&#26178;&#38291;&#21306;&#20998;&#38598;&#35336;&#65308;&#29305;&#24615;&#215;&#26178;&#38291;&#21306;&#20998;&#65310;_20251112_105827.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
+</file>
+
+<file path=ppt/charts/_rels/chart8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\h.ito\Downloads\&#20870;&#12464;&#12521;&#12501;_&#26178;&#38291;&#21306;&#20998;&#38598;&#35336;&#65308;&#29305;&#24615;&#215;&#26178;&#38291;&#21306;&#20998;&#65310;_20260205_152638%20(1).xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=ppt/charts/_rels/chart9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\h.ito\Downloads\&#20870;&#12464;&#12521;&#12501;_&#26178;&#38291;&#21306;&#20998;&#38598;&#35336;&#65308;&#29305;&#24615;&#215;&#26178;&#38291;&#21306;&#20998;&#65310;_20260205_152638%20(1).xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="ja-JP"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="9.5515445184736508E-2"/>
           <c:y val="5.8968133425296165E-2"/>
@@ -1607,72 +1617,72 @@
                 <c:pt idx="3">
                   <c:v>22:45</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>23:00</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>23:15</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>23:30</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>23:45</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$B$9</c:f>
               <c:numCache>
                 <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
                 <c:ptCount val="8"/>
                 <c:pt idx="0">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0.3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>0.1</c:v>
+                </c:pt>
+                <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
-                <c:pt idx="2">
-[...10 lines deleted...]
-                </c:pt>
                 <c:pt idx="6">
-                  <c:v>0.5</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>0.5</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-51D1-4FB7-8F66-33C1D4F32126}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>FM AICHI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -1704,72 +1714,72 @@
                 <c:pt idx="3">
                   <c:v>22:45</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>23:00</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>23:15</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>23:30</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>23:45</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$C$2:$C$9</c:f>
               <c:numCache>
                 <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
                 <c:ptCount val="8"/>
                 <c:pt idx="0">
-                  <c:v>0.5</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0.5</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0.3</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="5">
                   <c:v>0.2</c:v>
                 </c:pt>
-                <c:pt idx="4">
-[...4 lines deleted...]
-                </c:pt>
                 <c:pt idx="6">
-                  <c:v>0.1</c:v>
+                  <c:v>0.2</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>0.1</c:v>
+                  <c:v>0.3</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-51D1-4FB7-8F66-33C1D4F32126}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>ＣＢＣラジオ</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -1801,72 +1811,72 @@
                 <c:pt idx="3">
                   <c:v>22:45</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>23:00</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>23:15</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>23:30</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>23:45</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$D$2:$D$9</c:f>
               <c:numCache>
                 <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
                 <c:ptCount val="8"/>
                 <c:pt idx="0">
-                  <c:v>0.2</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0.3</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0.3</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>0.3</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>0</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000006-51D1-4FB7-8F66-33C1D4F32126}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$E$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>東海ラジオ</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -2129,51 +2139,51 @@
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.24646784855280246"/>
           <c:y val="7.2998046023640666E-3"/>
           <c:w val="0.79485593977444735"/>
           <c:h val="0.89026063100137176"/>
         </c:manualLayout>
       </c:layout>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$A$2</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>07:00-24:00</c:v>
+                  <c:v>22:00-24:00</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="12700">
               <a:noFill/>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:explosion val="2"/>
           <c:dPt>
             <c:idx val="0"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FF5050"/>
               </a:solidFill>
               <a:ln w="12700">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
@@ -2275,96 +2285,96 @@
           </c:dPt>
           <c:dPt>
             <c:idx val="7"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln w="12700">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{0000000F-623E-44E9-8BCE-AA5A154A3BF3}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:cat>
             <c:strRef>
               <c:f>Sheet1!$B$1:$H$1</c:f>
               <c:strCache>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
                   <c:v>ZIP-FM</c:v>
                 </c:pt>
                 <c:pt idx="1">
+                  <c:v>CBCラジオ</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>東海ラジオ</c:v>
+                </c:pt>
+                <c:pt idx="3">
                   <c:v>FM AICHI</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>NHK-FM</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>東海ラジオ</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>NHK第1</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>その他の局</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$H$2</c:f>
               <c:numCache>
                 <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
-                  <c:v>46.6</c:v>
+                  <c:v>42.2</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>18</c:v>
+                  <c:v>15.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>27.8</c:v>
+                  <c:v>23.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>1.5</c:v>
+                  <c:v>18.8</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000010-623E-44E9-8BCE-AA5A154A3BF3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="0"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25352">
           <a:noFill/>
@@ -2420,67 +2430,67 @@
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.29050439929521632"/>
           <c:y val="0.16913160586750256"/>
           <c:w val="0.66438356164383561"/>
           <c:h val="0.70545454545454545"/>
         </c:manualLayout>
       </c:layout>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$A$2</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>07:00-24:00</c:v>
+                  <c:v>22:00-24:00</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="FF99FF"/>
             </a:solidFill>
             <a:ln w="12670">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
-          <c:explosion val="2"/>
+          <c:explosion val="4"/>
           <c:dPt>
             <c:idx val="0"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25341">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000001-4EEF-4BC3-B66B-EBB48BC8E363}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="1"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FF9900"/>
               </a:solidFill>
               <a:ln w="12670">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
@@ -2615,52 +2625,52 @@
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000008-4EEF-4BC3-B66B-EBB48BC8E363}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="0"/>
               <c:delete val="1"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000001-4EEF-4BC3-B66B-EBB48BC8E363}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="0"/>
-                  <c:y val="1.2195359066986836E-2"/>
+                  <c:x val="7.4295748899460751E-2"/>
+                  <c:y val="-5.5392824338388125E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                         <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                         <a:cs typeface="MS UI Gothic"/>
                       </a:defRPr>
                     </a:pPr>
                     <a:fld id="{068A2764-4CD6-40D0-AC93-FAC569AD73A4}" type="CATEGORYNAME">
                       <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0"/>
                       <a:pPr>
                         <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
@@ -3025,52 +3035,52 @@
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:separator>
 </c:separator>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:layout>
                     <c:manualLayout>
                       <c:w val="0.27121012872635308"/>
                       <c:h val="0.1878826310805119"/>
                     </c:manualLayout>
                   </c15:layout>
                   <c15:dlblFieldTable/>
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000005-4EEF-4BC3-B66B-EBB48BC8E363}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="5"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="-0.1925129902283397"/>
-                  <c:y val="0"/>
+                  <c:x val="2.089300899026177E-7"/>
+                  <c:y val="0.14401567337140603"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                         <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                         <a:cs typeface="MS UI Gothic"/>
                       </a:defRPr>
                     </a:pPr>
                     <a:fld id="{857B341A-0499-498D-A779-5250D16560ED}" type="CATEGORYNAME">
                       <a:rPr lang="en-US" altLang="ja-JP" sz="900"/>
                       <a:pPr>
                         <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
@@ -3334,69 +3344,69 @@
                 <c:pt idx="2">
                   <c:v>東海ラジオ</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>FM AICHI</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>NHK-FM</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>NHK第1</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>その他の局</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$H$2</c:f>
               <c:numCache>
                 <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
-                  <c:v>46.6</c:v>
+                  <c:v>42.2</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>18</c:v>
+                  <c:v>15.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>27.8</c:v>
+                  <c:v>23.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>1.5</c:v>
+                  <c:v>18.8</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000009-4EEF-4BC3-B66B-EBB48BC8E363}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="0"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25341">
           <a:noFill/>
@@ -3434,136 +3444,58 @@
     <c:autoUpdate val="0"/>
   </c:externalData>
   <c:userShapes r:id="rId2"/>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="ja-JP"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:varyColors val="1"/>
-        <c:ser>
-[...76 lines deleted...]
-        </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
-          <c:showLeaderLines val="1"/>
+          <c:showLeaderLines val="0"/>
         </c:dLbls>
         <c:firstSliceAng val="0"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
@@ -3642,431 +3574,668 @@
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart7.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="ja-JP"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:varyColors val="1"/>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+          <c:showLeaderLines val="0"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln>
+      <a:noFill/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="ja-JP"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=ppt/charts/chart8.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="ja-JP"/>
+  <c:roundedCorners val="1"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:pieChart>
+        <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
+          <c:spPr>
+            <a:ln>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
+          <c:dPt>
+            <c:idx val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="0070C0"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-FD75-4033-A66F-A8D48A508731}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="1"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-FD75-4033-A66F-A8D48A508731}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dLbls>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="1400" b="1">
+                    <a:solidFill>
+                      <a:srgbClr val="FFFFFF"/>
+                    </a:solidFill>
+                    <a:latin typeface="HGPｺﾞｼｯｸE"/>
+                    <a:ea typeface="HGPｺﾞｼｯｸE"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:endParaRPr lang="ja-JP"/>
+              </a:p>
+            </c:txPr>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="0"/>
+            <c:showCatName val="1"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="1"/>
+            <c:showBubbleSize val="1"/>
+            <c:showLeaderLines val="1"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+            </c:extLst>
+          </c:dLbls>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$N$1:$O$1</c:f>
+              <c:strCache>
+                <c:ptCount val="2"/>
+                <c:pt idx="0">
+                  <c:v>男性</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>女性</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$N$2:$O$2</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="2"/>
+                <c:pt idx="0">
+                  <c:v>77.2</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>22.7</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000004-FD75-4033-A66F-A8D48A508731}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="1"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="1"/>
+          <c:showBubbleSize val="1"/>
+          <c:showLeaderLines val="1"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="1"/>
+  </c:chart>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=ppt/charts/chart9.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="ja-JP"/>
+  <c:roundedCorners val="1"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:spPr>
+            <a:ln>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
           <c:dPt>
             <c:idx val="0"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="99CCFF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000001-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+                <c16:uniqueId val="{00000001-378E-4615-8DA4-5E2CEA888334}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="1"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="33CCFF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000003-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+                <c16:uniqueId val="{00000003-378E-4615-8DA4-5E2CEA888334}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="2"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="0099FF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000005-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+                <c16:uniqueId val="{00000005-378E-4615-8DA4-5E2CEA888334}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="3"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="3366FF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000007-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+                <c16:uniqueId val="{00000007-378E-4615-8DA4-5E2CEA888334}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="4"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="0033CC"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000009-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+                <c16:uniqueId val="{00000009-378E-4615-8DA4-5E2CEA888334}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="5"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="333399"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{0000000B-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+                <c16:uniqueId val="{0000000B-378E-4615-8DA4-5E2CEA888334}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="6"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FFCCFF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{0000000D-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+                <c16:uniqueId val="{0000000D-378E-4615-8DA4-5E2CEA888334}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="7"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
-                <a:srgbClr val="FF66FF"/>
+                <a:srgbClr val="FF99FF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{0000000F-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+                <c16:uniqueId val="{0000000F-378E-4615-8DA4-5E2CEA888334}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="8"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
-                <a:srgbClr val="FF00FF"/>
+                <a:srgbClr val="FF66FF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000011-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+                <c16:uniqueId val="{00000011-378E-4615-8DA4-5E2CEA888334}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="9"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
-                <a:schemeClr val="accent4">
-[...1 lines deleted...]
-                </a:schemeClr>
+                <a:srgbClr val="FF00FF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000013-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+                <c16:uniqueId val="{00000013-378E-4615-8DA4-5E2CEA888334}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="10"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="CC00CC"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000015-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+                <c16:uniqueId val="{00000015-378E-4615-8DA4-5E2CEA888334}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="11"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="660066"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000017-378E-4615-8DA4-5E2CEA888334}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dLbls>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
+            <c:txPr>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="900">
+                    <a:latin typeface="HGPｺﾞｼｯｸE 本文"/>
+                    <a:ea typeface="HGPｺﾞｼｯｸE 本文"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:endParaRPr lang="ja-JP"/>
+              </a:p>
+            </c:txPr>
+            <c:dLblPos val="bestFit"/>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="0"/>
+            <c:showCatName val="1"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="1"/>
+            <c:showBubbleSize val="1"/>
+            <c:showLeaderLines val="1"/>
             <c:extLst>
-              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-[...1 lines deleted...]
-              </c:ext>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
             </c:extLst>
-          </c:dPt>
+          </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$B$10:$M$10</c:f>
+              <c:f>Sheet1!$B$1:$M$1</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>男性 12～19才</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>男性 20～29才</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>男性 30～39才</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>男性 40～49才</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>男性 50～59才</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>男性 60～69才</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>女性 12～19才</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>女性 20～29才</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>女性 30～39才</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>女性 40～49才</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>女性 50～59才</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>女性 60～69才</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$11:$M$11</c:f>
+              <c:f>Sheet1!$B$2:$M$2</c:f>
               <c:numCache>
-                <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
+                <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>12.7</c:v>
+                  <c:v>6.5</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1.7</c:v>
+                  <c:v>4.5999999999999996</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>13.6</c:v>
+                  <c:v>8.8000000000000007</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>12</c:v>
+                  <c:v>30.3</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>25.7</c:v>
+                  <c:v>25.6</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>5.6</c:v>
+                  <c:v>1.4</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>4.4000000000000004</c:v>
+                  <c:v>4.7</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>0.3</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>14.9</c:v>
+                  <c:v>4.9000000000000004</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>0.2</c:v>
+                  <c:v>3.9</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>6.9</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>1.9</c:v>
+                  <c:v>4.0999999999999996</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000018-AF4B-4BFB-83E3-BDB2F62DD07E}"/>
+              <c16:uniqueId val="{00000018-378E-4615-8DA4-5E2CEA888334}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
+          <c:dLblPos val="bestFit"/>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
-          <c:showCatName val="0"/>
+          <c:showCatName val="1"/>
           <c:showSerName val="0"/>
-          <c:showPercent val="0"/>
-          <c:showBubbleSize val="0"/>
+          <c:showPercent val="1"/>
+          <c:showBubbleSize val="1"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="0"/>
       </c:pieChart>
-      <c:spPr>
-[...5 lines deleted...]
-      </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
-    <c:showDLblsOverMax val="0"/>
+    <c:showDLblsOverMax val="1"/>
   </c:chart>
-  <c:spPr>
-[...16 lines deleted...]
-  <c:externalData r:id="rId3">
+  <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
   <a:schemeClr val="accent1"/>
   <a:schemeClr val="accent2"/>
   <a:schemeClr val="accent3"/>
   <a:schemeClr val="accent4"/>
   <a:schemeClr val="accent5"/>
   <a:schemeClr val="accent6"/>
   <cs:variation/>
   <cs:variation>
     <a:lumMod val="60000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
     <a:lumOff val="20000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
   </cs:variation>
   <cs:variation>
@@ -9065,51 +9234,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="446088" y="7627938"/>
             <a:ext cx="2079625" cy="438150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{EC83580F-DBF0-42FB-A548-F3D5BBF22973}" type="datetime1">
               <a:rPr lang="zh-CN" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/12/2</a:t>
+              <a:t>2026/2/5</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-CN" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="页脚占位符 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3046413" y="7627938"/>
             <a:ext cx="2822575" cy="438150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -11474,51 +11643,51 @@
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart8.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -15210,51 +15379,51 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="51" name="折れ線Ｇ"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3338207245"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3542750867"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5235503" y="1914534"/>
           <a:ext cx="3782159" cy="1785271"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="56" name="テキスト ボックス 55">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F54C4F7-F523-4453-820C-5CB300F1005A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
@@ -15822,108 +15991,108 @@
                 <a:t>ＦＭ ＡＩＣＨＩ    </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
                   <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 </a:rPr>
                 <a:t>　　　</a:t>
               </a:r>
               <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
                 <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="2" name="グループ化 1"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="1528830" y="1535678"/>
-[...2 lines deleted...]
-            <a:chExt cx="2313995" cy="2016229"/>
+            <a:off x="1788009" y="1466716"/>
+            <a:ext cx="2722241" cy="2455910"/>
+            <a:chOff x="1698853" y="1768020"/>
+            <a:chExt cx="2371254" cy="2065423"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:graphicFrame>
           <p:nvGraphicFramePr>
             <p:cNvPr id="75" name="全GＺ右">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F72B9D9E-41FE-4C14-B874-0C2B920B038A}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="1"/>
             </p:cNvGraphicFramePr>
             <p:nvPr>
               <p:extLst>
                 <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                  <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2181105855"/>
+                  <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1036180925"/>
                 </p:ext>
               </p:extLst>
             </p:nvPr>
           </p:nvGraphicFramePr>
           <p:xfrm>
             <a:off x="1756112" y="1961489"/>
             <a:ext cx="2224477" cy="1871954"/>
           </p:xfrm>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
               <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
             </a:graphicData>
           </a:graphic>
         </p:graphicFrame>
         <p:graphicFrame>
           <p:nvGraphicFramePr>
             <p:cNvPr id="76" name="全G他右">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{867B003C-7BDF-49BB-9EF7-5AB592B1E912}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="1"/>
             </p:cNvGraphicFramePr>
             <p:nvPr>
               <p:extLst>
                 <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                  <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3046002932"/>
+                  <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1248617413"/>
                 </p:ext>
               </p:extLst>
             </p:nvPr>
           </p:nvGraphicFramePr>
           <p:xfrm>
-            <a:off x="1766420" y="1817214"/>
+            <a:off x="1698853" y="1768020"/>
             <a:ext cx="2084589" cy="1928252"/>
           </p:xfrm>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
               <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
             </a:graphicData>
           </a:graphic>
         </p:graphicFrame>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="77" name="WordArt 6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FADFFB1-813D-481D-9ABF-21332EFAE2FB}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr>
               <a:spLocks noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="3249815" y="2185688"/>
@@ -16009,124 +16178,67 @@
               <a:ext cx="573329" cy="275200"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst/>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none" fromWordArt="1">
               <a:prstTxWarp prst="textPlain">
                 <a:avLst>
                   <a:gd name="adj" fmla="val 50000"/>
                 </a:avLst>
               </a:prstTxWarp>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="dist"/>
               <a:r>
-                <a:rPr lang="en-US" altLang="ja-JP" sz="2100" b="1" kern="10" spc="-105">
-[...55 lines deleted...]
-              <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="2100" b="1" kern="10" spc="-105" dirty="0">
                   <a:ln w="12700">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>％</a:t>
+                <a:t>４２．２％</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="79" name="正方形/長方形 78">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF62DEAC-889E-4260-BA33-8CBE52E4BD8B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="663450" y="4307347"/>
             <a:ext cx="8723118" cy="2219490"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -16321,51 +16433,51 @@
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 </a:rPr>
                 <a:t>1</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 </a:rPr>
                 <a:t>週間で</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 </a:rPr>
-                <a:t>27</a:t>
+                <a:t>13</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 </a:rPr>
                 <a:t>万人に聴かれています！</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92" name="テキスト ボックス 17"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
@@ -16746,100 +16858,100 @@
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" dirty="0">
                 <a:latin typeface="+mn-ea"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
               <a:t>…</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="96" name="テキスト ボックス 95">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C220D258-9AFE-78D4-4296-9628C160E883}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="726306" y="6596789"/>
-            <a:ext cx="8306636" cy="200055"/>
+            <a:ext cx="8306636" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>株式会社ビデオリサーチ調べ　中京圏ラジオ調査 </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="700" dirty="0">
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>2025</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>年</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>6</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+              <a:t>12</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>月度 </a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800" dirty="0">
               <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="654015584"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
@@ -17267,51 +17379,51 @@
         <p:xfrm>
           <a:off x="5021830" y="2046558"/>
           <a:ext cx="4536504" cy="2743200"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="14" name="表 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9B40275-E912-0998-2106-7E9B97239588}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="712104039"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1220690335"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5156482" y="5164413"/>
           <a:ext cx="4267200" cy="906780"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr/>
               <a:tblGrid>
                 <a:gridCol w="609600">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2712265113"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="609600">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="982957887"/>
                     </a:ext>
@@ -18198,382 +18310,382 @@
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr algn="ctr" fontAlgn="b">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>12.7</a:t>
+                        <a:t>6.5</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr algn="ctr" fontAlgn="b">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>1.7</a:t>
+                        <a:t>4.6</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr algn="ctr" fontAlgn="b">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>13.6</a:t>
+                        <a:t>8.8</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr algn="ctr" fontAlgn="b">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>12.0</a:t>
+                        <a:t>30.3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr algn="ctr" fontAlgn="b">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>25.7</a:t>
+                        <a:t>25.6</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr algn="ctr" fontAlgn="b">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>5.6</a:t>
+                        <a:t>1.4</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -19447,382 +19559,382 @@
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr algn="ctr" fontAlgn="b">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>4.4</a:t>
+                        <a:t>4.7</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr algn="ctr" fontAlgn="b">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>0.3</a:t>
+                        <a:t>0.1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr algn="ctr" fontAlgn="b">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>14.9</a:t>
+                        <a:t>4.9</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr algn="ctr" fontAlgn="b">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>0.2</a:t>
+                        <a:t>3.9</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr algn="ctr" fontAlgn="b">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>6.9</a:t>
+                        <a:t>5</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr algn="ctr" fontAlgn="b">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>1.9</a:t>
+                        <a:t>4.1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -20094,101 +20206,101 @@
             <a:endParaRPr lang="en-US" altLang="ja-JP" sz="2000" dirty="0">
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mj-ea"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>約</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
-              <a:t>7.1</a:t>
+              <a:t>77%</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
-              <a:t>割が男性</a:t>
+              <a:t>が男性</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>約</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
-              <a:t>2.9</a:t>
+              <a:t>23%</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
-              <a:t>割が女性</a:t>
+              <a:t>が女性</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="テキスト ボックス 22">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BBEA6EC-A328-7A9D-C673-C6F07EB071D7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="726306" y="6497324"/>
             <a:ext cx="8306636" cy="200055"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
@@ -20200,55 +20312,55 @@
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>株式会社ビデオリサーチ調べ　中京圏ラジオ調査 </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="700" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>2025</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>年</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="700" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>6</a:t>
+              <a:t>12</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>月度 </a:t>
             </a:r>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
               <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Text Box 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C147054E-9187-B291-0850-8FC9F9D90934}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
@@ -20479,50 +20591,110 @@
           <p:cNvPr id="2" name="グラフ 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{925E8057-4BB1-C595-F16B-4094E4BFBCD5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1985760590"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="4935167" y="2207570"/>
           <a:ext cx="4709830" cy="2812662"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="3" name="Chart 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="853923248"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="374559" y="2102905"/>
+          <a:ext cx="4320000" cy="2880000"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="5" name="Chart 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3164313388"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="5114892" y="2173901"/>
+          <a:ext cx="4320000" cy="2880000"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3242440487"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -23544,51 +23716,51 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>653</Words>
+  <Words>651</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>A4 210 x 297 mm</PresentationFormat>
   <Paragraphs>139</Paragraphs>
   <Slides>8</Slides>
   <Notes>6</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>使用されているフォント</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>テーマ</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>スライド タイトル</vt:lpstr>
       </vt:variant>