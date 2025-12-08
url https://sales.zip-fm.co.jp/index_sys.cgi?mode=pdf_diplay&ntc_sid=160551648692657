--- v0 (2025-10-21)
+++ v1 (2025-12-08)
@@ -1,78 +1,115 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/ppt/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/ppt/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/ppt/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/ppt/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" firstSlideNum="0" showSpecialPlsOnTitleSld="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId3"/>
+    <p:notesMasterId r:id="rId12"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId4"/>
+    <p:handoutMasterId r:id="rId13"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="445" r:id="rId2"/>
+    <p:sldId id="461" r:id="rId2"/>
+    <p:sldId id="484" r:id="rId3"/>
+    <p:sldId id="504" r:id="rId4"/>
+    <p:sldId id="498" r:id="rId5"/>
+    <p:sldId id="503" r:id="rId6"/>
+    <p:sldId id="483" r:id="rId7"/>
+    <p:sldId id="505" r:id="rId8"/>
+    <p:sldId id="506" r:id="rId9"/>
+    <p:sldId id="507" r:id="rId10"/>
+    <p:sldId id="508" r:id="rId11"/>
   </p:sldIdLst>
   <p:sldSz cx="9906000" cy="6858000" type="A4"/>
   <p:notesSz cx="9866313" cy="6735763"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ja-JP"/>
     </a:defPPr>
     <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
       <a:spcBef>
         <a:spcPct val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
       <a:defRPr kumimoji="1" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
       <a:spcBef>
@@ -162,51 +199,60 @@
       <a:defRPr kumimoji="1" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr kumimoji="1" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{521415D9-36F7-43E2-AB2F-B90AF26B5E84}">
       <p14:sectionLst xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
         <p14:section name="既定のセクション" id="{AEBAB5F9-3ECE-49B3-BB35-F73CC38A1EAB}">
           <p14:sldIdLst>
-            <p14:sldId id="445"/>
+            <p14:sldId id="461"/>
+            <p14:sldId id="484"/>
+            <p14:sldId id="504"/>
+            <p14:sldId id="498"/>
+            <p14:sldId id="503"/>
+            <p14:sldId id="483"/>
+            <p14:sldId id="505"/>
+            <p14:sldId id="506"/>
+            <p14:sldId id="507"/>
+            <p14:sldId id="508"/>
           </p14:sldIdLst>
         </p14:section>
       </p14:sectionLst>
     </p:ext>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" orient="horz" pos="4319">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="3" pos="3120">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
     <p:ext uri="{2D200454-40CA-4A62-9FC3-DE9A4176ACB9}">
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
@@ -224,60 +270,60 @@
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
-    <a:srgbClr val="CCFF99"/>
-[...8 lines deleted...]
-    <a:srgbClr val="CC66FF"/>
+    <a:srgbClr val="FF0000"/>
+    <a:srgbClr val="FF0E08"/>
+    <a:srgbClr val="338DB9"/>
+    <a:srgbClr val="FFCCFF"/>
+    <a:srgbClr val="FF99FF"/>
+    <a:srgbClr val="FF66FF"/>
+    <a:srgbClr val="FF00FF"/>
+    <a:srgbClr val="CC00CC"/>
+    <a:srgbClr val="660066"/>
+    <a:srgbClr val="333399"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="中間スタイル 2 - アクセント 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
@@ -428,114 +474,5130 @@
     <a:firstRow>
       <a:tcTxStyle b="on">
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
+  <a:tblStyle styleId="{2D5ABB26-0587-4C30-8999-92F81FD0307C}" styleName="スタイルなし、表のグリッド線なし">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="tx1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:left>
+          <a:right>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:top>
+          <a:bottom>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:bottom>
+          <a:insideH>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+  </a:tblStyle>
+  <a:tblStyle styleId="{5DA37D80-6434-44D0-A028-1B22A696006F}" styleName="淡色スタイル 3 - アクセント 2">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="tx1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:left>
+          <a:right>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+          <a:bottom>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+          <a:insideH>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:alpha val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:alpha val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:lastCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:ln w="50800" cmpd="dbl">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:firstRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:bottom>
+            <a:ln w="25400" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
+  </a:tblStyle>
+  <a:tblStyle styleId="{616DA210-FB5B-4158-B5E0-FEB733F419BA}" styleName="スタイル (淡色) 3">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="tx1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:left>
+          <a:right>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+          <a:bottom>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+          <a:insideH>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:lastCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:ln w="50800" cmpd="dbl">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:firstRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:bottom>
+            <a:ln w="25400" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
+  </a:tblStyle>
+  <a:tblStyle styleId="{7DF18680-E054-41AD-8BC1-D1AEF772440D}" styleName="中間スタイル 2 - アクセント 5">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="dk1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:left>
+          <a:right>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+          <a:bottom>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+          <a:insideH>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent5">
+              <a:tint val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent5">
+              <a:tint val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band2H>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent5">
+              <a:tint val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:band2V>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2V>
+    <a:lastCol>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:ln w="38100" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:firstRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:bottom>
+            <a:ln w="38100" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
+  </a:tblStyle>
+  <a:tblStyle styleId="{69C7853C-536D-4A76-A0AE-DD22124D55A5}" styleName="テーマ スタイル 1 - アクセント 3">
+    <a:tblBg>
+      <a:fillRef idx="2">
+        <a:schemeClr val="accent3"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:schemeClr val="accent3"/>
+      </a:effectRef>
+    </a:tblBg>
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="dk1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:left>
+          <a:right>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:right>
+          <a:top>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:top>
+          <a:bottom>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:bottom>
+          <a:insideH>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:insideH>
+          <a:insideV>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent3">
+              <a:alpha val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band2H>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:top>
+          <a:bottom>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:bottom>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent3">
+              <a:alpha val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:band2V>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2V>
+    <a:lastCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:left>
+          <a:right>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:right>
+          <a:top>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:top>
+          <a:bottom>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:bottom>
+          <a:insideH>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:insideH>
+          <a:insideV>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:left>
+          <a:right>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:right>
+          <a:top>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:top>
+          <a:bottom>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:bottom>
+          <a:insideH>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:insideH>
+          <a:insideV>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:left>
+          <a:right>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:right>
+          <a:top>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:top>
+          <a:bottom>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:bottom>
+          <a:insideH>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:firstRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:left>
+          <a:right>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:right>
+          <a:top>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3"/>
+            </a:lnRef>
+          </a:top>
+          <a:bottom>
+            <a:lnRef idx="2">
+              <a:schemeClr val="lt1"/>
+            </a:lnRef>
+          </a:bottom>
+          <a:insideH>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
+  </a:tblStyle>
+  <a:tblStyle styleId="{9D7B26C5-4107-4FEC-AEDC-1716B250A1EF}" styleName="スタイル (淡色) 1">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="tx1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:left>
+          <a:right>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+          <a:bottom>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+          <a:insideH>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band2H>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:lastCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:firstRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:bottom>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
+  </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:normalViewPr>
-[...1 lines deleted...]
-    <p:restoredTop sz="95267" autoAdjust="0"/>
+  <p:normalViewPr horzBarState="maximized">
+    <p:restoredLeft sz="14995" autoAdjust="0"/>
+    <p:restoredTop sz="94280" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="76" d="100"/>
-          <a:sy n="76" d="100"/>
+          <a:sx n="119" d="100"/>
+          <a:sy n="119" d="100"/>
         </p:scale>
-        <p:origin x="1339" y="58"/>
+        <p:origin x="1128" y="76"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide orient="horz" pos="4319"/>
         <p:guide pos="3120"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="75" d="100"/>
         <a:sy n="75" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="75" d="100"/>
         <a:sy n="75" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="91" d="100"/>
           <a:sy n="91" d="100"/>
         </p:scale>
         <p:origin x="1738" y="62"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2121"/>
         <p:guide pos="3107"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
+</file>
+
+<file path=ppt/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_______1.xlsx"/></Relationships>
+</file>
+
+<file path=ppt/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_______2.xlsx"/></Relationships>
+</file>
+
+<file path=ppt/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_______3.xlsx"/></Relationships>
+</file>
+
+<file path=ppt/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_______4.xlsx"/></Relationships>
+</file>
+
+<file path=ppt/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\s.ota\Downloads\&#26178;&#38291;&#21306;&#20998;&#38598;&#35336;&#65308;&#29305;&#24615;&#215;&#26178;&#38291;&#21306;&#20998;&#65310;_20250918_121056.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
+</file>
+
+<file path=ppt/charts/_rels/chart6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\s.ota\Downloads\&#26178;&#38291;&#21306;&#20998;&#38598;&#35336;&#65308;&#29305;&#24615;&#215;&#26178;&#38291;&#21306;&#20998;&#65310;_20250918_121056.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
+</file>
+
+<file path=ppt/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="ja-JP"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="9.5515445184736508E-2"/>
+          <c:y val="5.8968133425296165E-2"/>
+          <c:w val="0.79485593977444735"/>
+          <c:h val="0.89026063100137176"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+          <c:showLeaderLines val="0"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln w="25352">
+          <a:noFill/>
+        </a:ln>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="zero"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln>
+      <a:noFill/>
+    </a:ln>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr sz="2495" b="1" i="0" u="none" strike="noStrike" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="MS UI Gothic"/>
+          <a:ea typeface="MS UI Gothic"/>
+          <a:cs typeface="MS UI Gothic"/>
+        </a:defRPr>
+      </a:pPr>
+      <a:endParaRPr lang="ja-JP"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=ppt/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="ja-JP"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="5.261433484152369E-2"/>
+          <c:y val="3.6242967074733227E-2"/>
+          <c:w val="0.931258972373186"/>
+          <c:h val="0.90206192008814168"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:lineChart>
+        <c:grouping val="standard"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>ＺＩＰ－ＦＭ</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="38100">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$13</c:f>
+              <c:strCache>
+                <c:ptCount val="12"/>
+                <c:pt idx="0">
+                  <c:v>16:00</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>16:15</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>16:30</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>16:45</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>17:00</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>17:15</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>17:30</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>17:45</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>18:00</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>18:15</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>18:30</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>18:45</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$B$2:$B$13</c:f>
+              <c:numCache>
+                <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
+                <c:ptCount val="12"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>0.9</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>1.1000000000000001</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>1.3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>1.1000000000000001</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>0.9</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>1.1000000000000001</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>0.9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>0.9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>0.9</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>0.7</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-51D1-4FB7-8F66-33C1D4F32126}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="1"/>
+          <c:order val="1"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$C$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>FM AICHI</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="38100">
+              <a:solidFill>
+                <a:srgbClr val="3333FF"/>
+              </a:solidFill>
+              <a:prstDash val="sysDot"/>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$13</c:f>
+              <c:strCache>
+                <c:ptCount val="12"/>
+                <c:pt idx="0">
+                  <c:v>16:00</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>16:15</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>16:30</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>16:45</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>17:00</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>17:15</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>17:30</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>17:45</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>18:00</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>18:15</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>18:30</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>18:45</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$C$2:$C$13</c:f>
+              <c:numCache>
+                <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
+                <c:ptCount val="12"/>
+                <c:pt idx="0">
+                  <c:v>0.6</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>0.4</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>0.6</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>0.6</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>0.3</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>0.3</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>0.2</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>0.2</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000002-51D1-4FB7-8F66-33C1D4F32126}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="3"/>
+          <c:order val="2"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!#REF!</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>#REF!</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="24895">
+              <a:solidFill>
+                <a:schemeClr val="bg2"/>
+              </a:solidFill>
+              <a:prstDash val="lgDashDot"/>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:dLbls>
+            <c:dLbl>
+              <c:idx val="3"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-4.5106847587423025E-2"/>
+                  <c:y val="-2.3591484003543772E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:spPr>
+                <a:noFill/>
+                <a:ln w="24895">
+                  <a:noFill/>
+                </a:ln>
+              </c:spPr>
+              <c:txPr>
+                <a:bodyPr/>
+                <a:lstStyle/>
+                <a:p>
+                  <a:pPr>
+                    <a:defRPr sz="882" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="65000"/>
+                          <a:lumOff val="35000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:latin typeface="ＭＳ Ｐゴシック"/>
+                      <a:ea typeface="ＭＳ Ｐゴシック"/>
+                      <a:cs typeface="ＭＳ Ｐゴシック"/>
+                    </a:defRPr>
+                  </a:pPr>
+                  <a:endParaRPr lang="ja-JP"/>
+                </a:p>
+              </c:txPr>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="1"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000003-51D1-4FB7-8F66-33C1D4F32126}"/>
+                </c:ext>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+              </c:extLst>
+            </c:dLbl>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr>
+                    <a:solidFill>
+                      <a:schemeClr val="tx2">
+                        <a:lumMod val="65000"/>
+                        <a:lumOff val="35000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:defRPr>
+                </a:pPr>
+                <a:endParaRPr lang="ja-JP"/>
+              </a:p>
+            </c:txPr>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="0"/>
+            <c:showCatName val="0"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="0"/>
+            <c:showBubbleSize val="0"/>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                <c15:showLeaderLines val="0"/>
+              </c:ext>
+            </c:extLst>
+          </c:dLbls>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$13</c:f>
+              <c:strCache>
+                <c:ptCount val="12"/>
+                <c:pt idx="0">
+                  <c:v>16:00</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>16:15</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>16:30</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>16:45</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>17:00</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>17:15</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>17:30</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>17:45</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>18:00</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>18:15</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>18:30</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>18:45</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!#REF!</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000004-51D1-4FB7-8F66-33C1D4F32126}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="4"/>
+          <c:order val="3"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$D$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>ＣＢＣラジオ</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575">
+              <a:solidFill>
+                <a:srgbClr val="FF9900"/>
+              </a:solidFill>
+              <a:prstDash val="sysDash"/>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$13</c:f>
+              <c:strCache>
+                <c:ptCount val="12"/>
+                <c:pt idx="0">
+                  <c:v>16:00</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>16:15</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>16:30</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>16:45</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>17:00</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>17:15</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>17:30</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>17:45</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>18:00</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>18:15</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>18:30</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>18:45</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$D$2:$D$13</c:f>
+              <c:numCache>
+                <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
+                <c:ptCount val="12"/>
+                <c:pt idx="0">
+                  <c:v>0.9</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>0.8</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0.8</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>0.7</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>0.6</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>0.4</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>0.3</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>0.4</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>0.4</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>0.4</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>0.4</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000006-51D1-4FB7-8F66-33C1D4F32126}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="2"/>
+          <c:order val="4"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$E$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>東海ラジオ</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575">
+              <a:solidFill>
+                <a:srgbClr val="009900"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$13</c:f>
+              <c:strCache>
+                <c:ptCount val="12"/>
+                <c:pt idx="0">
+                  <c:v>16:00</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>16:15</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>16:30</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>16:45</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>17:00</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>17:15</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>17:30</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>17:45</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>18:00</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>18:15</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>18:30</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>18:45</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$E$2:$E$13</c:f>
+              <c:numCache>
+                <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
+                <c:ptCount val="12"/>
+                <c:pt idx="0">
+                  <c:v>0.4</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>0.4</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>0.5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>0.4</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>0.3</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>0.3</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>0.4</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>0.4</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>0.3</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>0.3</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000008-51D1-4FB7-8F66-33C1D4F32126}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:smooth val="0"/>
+        <c:axId val="-1730081232"/>
+        <c:axId val="-1730084496"/>
+      </c:lineChart>
+      <c:catAx>
+        <c:axId val="-1730081232"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="12447">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="in"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:ln w="9336">
+            <a:noFill/>
+          </a:ln>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="2400000" vert="horz"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:cs typeface="MS UI Gothic"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="ja-JP"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="-1730084496"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:tickLblSkip val="1"/>
+        <c:tickMarkSkip val="1"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="-1730084496"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+          <c:max val="2"/>
+          <c:min val="0"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="12447">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="0"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:ln w="9336">
+            <a:noFill/>
+          </a:ln>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="0" vert="horz"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:cs typeface="MS UI Gothic"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="ja-JP"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="-1730081232"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+        <c:majorUnit val="1"/>
+        <c:minorUnit val="0.1"/>
+      </c:valAx>
+      <c:spPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:ln w="24895">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln>
+      <a:noFill/>
+    </a:ln>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr sz="1103" b="1" i="0" u="none" strike="noStrike" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="MS UI Gothic"/>
+          <a:ea typeface="MS UI Gothic"/>
+          <a:cs typeface="MS UI Gothic"/>
+        </a:defRPr>
+      </a:pPr>
+      <a:endParaRPr lang="ja-JP"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=ppt/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="ja-JP"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.24646784855280246"/>
+          <c:y val="7.2998046023640666E-3"/>
+          <c:w val="0.79485593977444735"/>
+          <c:h val="0.89026063100137176"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$A$2</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>07:00-24:00</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="12700">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
+          <c:explosion val="2"/>
+          <c:dPt>
+            <c:idx val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FF5050"/>
+              </a:solidFill>
+              <a:ln w="12700">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-623E-44E9-8BCE-AA5A154A3BF3}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="1"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln w="12700">
+                <a:noFill/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-623E-44E9-8BCE-AA5A154A3BF3}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="2"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln w="12700">
+                <a:noFill/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000005-623E-44E9-8BCE-AA5A154A3BF3}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="3"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln w="12700">
+                <a:noFill/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000007-623E-44E9-8BCE-AA5A154A3BF3}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="4"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln w="12700">
+                <a:noFill/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000009-623E-44E9-8BCE-AA5A154A3BF3}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="5"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln w="12700">
+                <a:noFill/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{0000000B-623E-44E9-8BCE-AA5A154A3BF3}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="6"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln w="12700">
+                <a:noFill/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{0000000D-623E-44E9-8BCE-AA5A154A3BF3}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="7"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln w="12700">
+                <a:noFill/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{0000000F-623E-44E9-8BCE-AA5A154A3BF3}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$B$1:$H$1</c:f>
+              <c:strCache>
+                <c:ptCount val="7"/>
+                <c:pt idx="0">
+                  <c:v>ZIP-FM</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FM AICHI</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>NHK-FM</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>CBCラジオ</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>東海ラジオ</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>NHK第1</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>その他の局</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$B$2:$H$2</c:f>
+              <c:numCache>
+                <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
+                <c:ptCount val="7"/>
+                <c:pt idx="0">
+                  <c:v>33.5</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>18.8</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>13.4</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>14.8</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>1.4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>4.3</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>13.9</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000010-623E-44E9-8BCE-AA5A154A3BF3}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+          <c:showLeaderLines val="1"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln w="25352">
+          <a:noFill/>
+        </a:ln>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="zero"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln>
+      <a:noFill/>
+    </a:ln>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr sz="2495" b="1" i="0" u="none" strike="noStrike" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="MS UI Gothic"/>
+          <a:ea typeface="MS UI Gothic"/>
+          <a:cs typeface="MS UI Gothic"/>
+        </a:defRPr>
+      </a:pPr>
+      <a:endParaRPr lang="ja-JP"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=ppt/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="ja-JP"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.29050439929521632"/>
+          <c:y val="0.16913160586750256"/>
+          <c:w val="0.66438356164383561"/>
+          <c:h val="0.70545454545454545"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$A$2</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>07:00-24:00</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:srgbClr val="FF99FF"/>
+            </a:solidFill>
+            <a:ln w="12670">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
+          <c:explosion val="2"/>
+          <c:dPt>
+            <c:idx val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln w="25341">
+                <a:noFill/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="1"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FF9900"/>
+              </a:solidFill>
+              <a:ln w="12670">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000002-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="2"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="33CC33"/>
+              </a:solidFill>
+              <a:ln w="12670">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="3"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="00B0F0"/>
+              </a:solidFill>
+              <a:ln w="12670">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000004-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="4"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:ln w="12670">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000005-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="5"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:ln w="12670">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000006-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="6"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:ln w="12670">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000007-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="7"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:ln w="12670">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000008-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dLbls>
+            <c:dLbl>
+              <c:idx val="0"/>
+              <c:delete val="1"/>
+              <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000001-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+                </c:ext>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="1"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="0"/>
+                  <c:y val="1.2195359066986836E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:tx>
+                <c:rich>
+                  <a:bodyPr/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr>
+                      <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="MS UI Gothic"/>
+                      </a:defRPr>
+                    </a:pPr>
+                    <a:fld id="{068A2764-4CD6-40D0-AC93-FAC569AD73A4}" type="CATEGORYNAME">
+                      <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0"/>
+                      <a:pPr>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[分類名]</a:t>
+                    </a:fld>
+                    <a:r>
+                      <a:rPr lang="ja-JP" altLang="en-US" sz="900" baseline="0" dirty="0"/>
+                      <a:t>
+</a:t>
+                    </a:r>
+                    <a:fld id="{C3899017-9ACB-4759-A46D-66F76F77A928}" type="VALUE">
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900" baseline="0" dirty="0"/>
+                      <a:pPr>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[値]</a:t>
+                    </a:fld>
+                    <a:endParaRPr lang="ja-JP" altLang="en-US" sz="900" baseline="0" dirty="0"/>
+                  </a:p>
+                </c:rich>
+              </c:tx>
+              <c:numFmt formatCode="0.0&quot;%&quot;" sourceLinked="0"/>
+              <c:spPr>
+                <a:noFill/>
+                <a:ln w="25341">
+                  <a:noFill/>
+                </a:ln>
+              </c:spPr>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000002-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+                </c:ext>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:layout>
+                    <c:manualLayout>
+                      <c:w val="0.27357257196014623"/>
+                      <c:h val="0.18981709963703569"/>
+                    </c:manualLayout>
+                  </c15:layout>
+                  <c15:dlblFieldTable/>
+                  <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="2"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-2.2285869125159421E-2"/>
+                  <c:y val="-2.8593371942010352E-7"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:tx>
+                <c:rich>
+                  <a:bodyPr/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr>
+                      <a:lnSpc>
+                        <a:spcPct val="80000"/>
+                      </a:lnSpc>
+                      <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="MS UI Gothic"/>
+                      </a:defRPr>
+                    </a:pPr>
+                    <a:fld id="{D7850F07-FDF4-4EEB-BAD8-068B096D7C86}" type="CATEGORYNAME">
+                      <a:rPr lang="ja-JP" altLang="en-US" sz="900">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:rPr>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="80000"/>
+                        </a:lnSpc>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[分類名]</a:t>
+                    </a:fld>
+                    <a:r>
+                      <a:rPr lang="ja-JP" altLang="en-US" sz="900" baseline="0" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:rPr>
+                      <a:t>
+</a:t>
+                    </a:r>
+                    <a:fld id="{77A62B49-A86F-4318-86D2-7BE067AE4506}" type="VALUE">
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900" baseline="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:rPr>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="80000"/>
+                        </a:lnSpc>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[値]</a:t>
+                    </a:fld>
+                    <a:endParaRPr lang="ja-JP" altLang="en-US" sz="900" baseline="0" dirty="0">
+                      <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </c:rich>
+              </c:tx>
+              <c:numFmt formatCode="0.0&quot;%&quot;" sourceLinked="0"/>
+              <c:spPr>
+                <a:noFill/>
+                <a:ln w="25341">
+                  <a:noFill/>
+                </a:ln>
+              </c:spPr>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000003-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+                </c:ext>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:layout>
+                    <c:manualLayout>
+                      <c:w val="0.28709113794717694"/>
+                      <c:h val="0.1536022183036079"/>
+                    </c:manualLayout>
+                  </c15:layout>
+                  <c15:dlblFieldTable/>
+                  <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="3"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-1.4432034513346558E-2"/>
+                  <c:y val="-2.6595267110702606E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:tx>
+                <c:rich>
+                  <a:bodyPr/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr>
+                      <a:lnSpc>
+                        <a:spcPct val="80000"/>
+                      </a:lnSpc>
+                      <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="MS UI Gothic"/>
+                      </a:defRPr>
+                    </a:pPr>
+                    <a:fld id="{3F5921A3-AC7D-4A8B-BE36-54A35BFDB56F}" type="CATEGORYNAME">
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:rPr>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="80000"/>
+                        </a:lnSpc>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[分類名]</a:t>
+                    </a:fld>
+                    <a:r>
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900" baseline="0" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:rPr>
+                      <a:t>
+</a:t>
+                    </a:r>
+                    <a:fld id="{E2F61243-F27C-4AE9-80E3-288FB5DEB21B}" type="VALUE">
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900" baseline="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:rPr>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="80000"/>
+                        </a:lnSpc>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[値]</a:t>
+                    </a:fld>
+                    <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" baseline="0" dirty="0">
+                      <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                    </a:endParaRPr>
+                  </a:p>
+                </c:rich>
+              </c:tx>
+              <c:numFmt formatCode="0.0&quot;%&quot;" sourceLinked="0"/>
+              <c:spPr>
+                <a:noFill/>
+                <a:ln w="25341">
+                  <a:noFill/>
+                </a:ln>
+              </c:spPr>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000004-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+                </c:ext>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:layout>
+                    <c:manualLayout>
+                      <c:w val="0.27306957236499951"/>
+                      <c:h val="0.18487159002594564"/>
+                    </c:manualLayout>
+                  </c15:layout>
+                  <c15:dlblFieldTable/>
+                  <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="4"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-1.3499378318103772E-2"/>
+                  <c:y val="2.3630134440316197E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:tx>
+                <c:rich>
+                  <a:bodyPr/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr>
+                      <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="MS UI Gothic"/>
+                      </a:defRPr>
+                    </a:pPr>
+                    <a:fld id="{286D75C2-150B-4E10-8754-4C87366284B6}" type="CATEGORYNAME">
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900" dirty="0"/>
+                      <a:pPr>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[分類名]</a:t>
+                    </a:fld>
+                    <a:r>
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900" baseline="0" dirty="0"/>
+                      <a:t>
+</a:t>
+                    </a:r>
+                    <a:fld id="{188551CF-33D8-4511-AF09-2F879D07C518}" type="VALUE">
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900" baseline="0" dirty="0"/>
+                      <a:pPr>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[値]</a:t>
+                    </a:fld>
+                    <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" baseline="0" dirty="0"/>
+                  </a:p>
+                </c:rich>
+              </c:tx>
+              <c:numFmt formatCode="0.0&quot;%&quot;" sourceLinked="0"/>
+              <c:spPr>
+                <a:noFill/>
+                <a:ln w="25341">
+                  <a:noFill/>
+                </a:ln>
+              </c:spPr>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000005-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+                </c:ext>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:layout>
+                    <c:manualLayout>
+                      <c:w val="0.27121012872635308"/>
+                      <c:h val="0.1878826310805119"/>
+                    </c:manualLayout>
+                  </c15:layout>
+                  <c15:dlblFieldTable/>
+                  <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="5"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-6.7742257246688024E-3"/>
+                  <c:y val="-6.0705444235204506E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:tx>
+                <c:rich>
+                  <a:bodyPr/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr>
+                      <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="MS UI Gothic"/>
+                      </a:defRPr>
+                    </a:pPr>
+                    <a:fld id="{857B341A-0499-498D-A779-5250D16560ED}" type="CATEGORYNAME">
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900"/>
+                      <a:pPr>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[分類名]</a:t>
+                    </a:fld>
+                    <a:r>
+                      <a:rPr lang="ja-JP" altLang="en-US" sz="900" baseline="0" dirty="0"/>
+                      <a:t>
+</a:t>
+                    </a:r>
+                    <a:fld id="{8AB37E80-165B-4CBC-A19D-F38C6242CFED}" type="VALUE">
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900" baseline="0"/>
+                      <a:pPr>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[値]</a:t>
+                    </a:fld>
+                    <a:endParaRPr lang="ja-JP" altLang="en-US" sz="900" baseline="0" dirty="0"/>
+                  </a:p>
+                </c:rich>
+              </c:tx>
+              <c:numFmt formatCode="0.0&quot;%&quot;" sourceLinked="0"/>
+              <c:spPr>
+                <a:noFill/>
+                <a:ln w="25341">
+                  <a:noFill/>
+                </a:ln>
+              </c:spPr>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000006-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+                </c:ext>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:layout>
+                    <c:manualLayout>
+                      <c:w val="0.29877109144511305"/>
+                      <c:h val="0.18788247209143932"/>
+                    </c:manualLayout>
+                  </c15:layout>
+                  <c15:dlblFieldTable/>
+                  <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="6"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-3.2816274738959247E-3"/>
+                  <c:y val="-7.2627609700306704E-3"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:tx>
+                <c:rich>
+                  <a:bodyPr/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:pPr>
+                      <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="MS UI Gothic"/>
+                      </a:defRPr>
+                    </a:pPr>
+                    <a:fld id="{6D470FC2-C341-4BFA-BF26-FA5618A2472F}" type="CATEGORYNAME">
+                      <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0"/>
+                      <a:pPr>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[分類名]</a:t>
+                    </a:fld>
+                    <a:r>
+                      <a:rPr lang="ja-JP" altLang="en-US" sz="900" baseline="0" dirty="0"/>
+                      <a:t>
+</a:t>
+                    </a:r>
+                    <a:fld id="{0040D5A1-00E1-47E9-AEAF-2483854DF9E9}" type="VALUE">
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="900" baseline="0" dirty="0"/>
+                      <a:pPr>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="MS UI Gothic"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:t>[値]</a:t>
+                    </a:fld>
+                    <a:endParaRPr lang="ja-JP" altLang="en-US" sz="900" baseline="0" dirty="0"/>
+                  </a:p>
+                </c:rich>
+              </c:tx>
+              <c:numFmt formatCode="0.0&quot;%&quot;" sourceLinked="0"/>
+              <c:spPr>
+                <a:noFill/>
+                <a:ln w="25341">
+                  <a:noFill/>
+                </a:ln>
+              </c:spPr>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000007-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+                </c:ext>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:layout>
+                    <c:manualLayout>
+                      <c:w val="0.27905116033952204"/>
+                      <c:h val="0.2261306820033889"/>
+                    </c:manualLayout>
+                  </c15:layout>
+                  <c15:dlblFieldTable/>
+                  <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="7"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="1.5085043676149304E-2"/>
+                  <c:y val="-2.9375950751196471E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:tx>
+                <c:rich>
+                  <a:bodyPr/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:fld id="{6DAD0E86-F914-4FDE-8ECC-0E3E87137B62}" type="CATEGORYNAME">
+                      <a:rPr lang="ja-JP" altLang="en-US" sz="600"/>
+                      <a:pPr/>
+                      <a:t>[分類名]</a:t>
+                    </a:fld>
+                    <a:r>
+                      <a:rPr lang="ja-JP" altLang="en-US" sz="700" baseline="0" dirty="0"/>
+                      <a:t>
+</a:t>
+                    </a:r>
+                    <a:fld id="{ECE990ED-8110-4C55-8592-4D508E04816D}" type="VALUE">
+                      <a:rPr lang="en-US" altLang="ja-JP" sz="700" baseline="0" smtClean="0"/>
+                      <a:pPr/>
+                      <a:t>[値]</a:t>
+                    </a:fld>
+                    <a:endParaRPr lang="ja-JP" altLang="en-US" sz="700" baseline="0" dirty="0"/>
+                  </a:p>
+                </c:rich>
+              </c:tx>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000008-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+                </c:ext>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:layout>
+                    <c:manualLayout>
+                      <c:w val="0.29109541363582292"/>
+                      <c:h val="0.15557825233879485"/>
+                    </c:manualLayout>
+                  </c15:layout>
+                  <c15:dlblFieldTable/>
+                  <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:numFmt formatCode="0.0&quot;%&quot;" sourceLinked="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln w="25341">
+                <a:noFill/>
+              </a:ln>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                    <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                    <a:cs typeface="MS UI Gothic"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:endParaRPr lang="ja-JP"/>
+              </a:p>
+            </c:txPr>
+            <c:dLblPos val="bestFit"/>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="1"/>
+            <c:showCatName val="1"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="0"/>
+            <c:showBubbleSize val="0"/>
+            <c:separator>
+</c:separator>
+            <c:showLeaderLines val="1"/>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+            </c:extLst>
+          </c:dLbls>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$B$1:$H$1</c:f>
+              <c:strCache>
+                <c:ptCount val="7"/>
+                <c:pt idx="0">
+                  <c:v>ZIP-FM</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>CBCラジオ</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>東海ラジオ</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>FM AICHI</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>NHK-FM</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>NHK第1</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>その他の局</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$B$2:$H$2</c:f>
+              <c:numCache>
+                <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
+                <c:ptCount val="7"/>
+                <c:pt idx="0">
+                  <c:v>33.5</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>18.8</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>13.4</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>14.8</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>1.4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>4.3</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>13.9</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000009-4EEF-4BC3-B66B-EBB48BC8E363}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+          <c:showLeaderLines val="1"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln w="25341">
+          <a:noFill/>
+        </a:ln>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="zero"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln>
+      <a:noFill/>
+    </a:ln>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr sz="599" b="0" i="0" u="none" strike="noStrike" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="MS UI Gothic"/>
+          <a:ea typeface="MS UI Gothic"/>
+          <a:cs typeface="MS UI Gothic"/>
+        </a:defRPr>
+      </a:pPr>
+      <a:endParaRPr lang="ja-JP"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+  <c:userShapes r:id="rId2"/>
+</c:chartSpace>
+</file>
+
+<file path=ppt/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="ja-JP"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$A$2</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>#REF!</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:dPt>
+            <c:idx val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="99CCFF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-5754-4DE3-9E0E-DA2E9D886222}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="1"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="33CCFF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-5754-4DE3-9E0E-DA2E9D886222}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="2"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="0099FF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000005-5754-4DE3-9E0E-DA2E9D886222}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="3"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="3366FF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000007-5754-4DE3-9E0E-DA2E9D886222}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="4"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="0033CC"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000009-5754-4DE3-9E0E-DA2E9D886222}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="5"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="333399"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{0000000B-5754-4DE3-9E0E-DA2E9D886222}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="6"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FFCCFF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{0000000D-5754-4DE3-9E0E-DA2E9D886222}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="7"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FF99FF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{0000000F-5754-4DE3-9E0E-DA2E9D886222}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="8"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FF66FF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000011-5754-4DE3-9E0E-DA2E9D886222}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="9"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FF00FF"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000013-5754-4DE3-9E0E-DA2E9D886222}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="10"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="CC00CC"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000015-5754-4DE3-9E0E-DA2E9D886222}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="11"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="660066"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000017-5754-4DE3-9E0E-DA2E9D886222}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$B$1:$M$1</c:f>
+              <c:strCache>
+                <c:ptCount val="12"/>
+                <c:pt idx="0">
+                  <c:v>男性 12～19才</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>男性 20～29才</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>男性 30～39才</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>男性 40～49才</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>男性 50～59才</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>男性 60～69才</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>女性 12～19才</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>女性 20～29才</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>女性 30～39才</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>女性 40～49才</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>女性 50～59才</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>女性 60～69才</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$B$2:$M$2</c:f>
+              <c:numCache>
+                <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
+                <c:ptCount val="12"/>
+                <c:pt idx="0">
+                  <c:v>3.1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>4.9000000000000004</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>7.1</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>20.5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>8.6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2.6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>1.3</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>3.2</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>13.5</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>18.2</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>5</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000018-5754-4DE3-9E0E-DA2E9D886222}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+          <c:showLeaderLines val="1"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln>
+      <a:noFill/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="ja-JP"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=ppt/charts/chart6.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="ja-JP"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:dPt>
+            <c:idx val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="338DB9"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-3300-471D-BC55-C8526CDBCDBF}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="1"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-3300-471D-BC55-C8526CDBCDBF}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$J$5:$K$5</c:f>
+              <c:strCache>
+                <c:ptCount val="2"/>
+                <c:pt idx="0">
+                  <c:v>男性</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>女性</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$J$6:$K$6</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="2"/>
+                <c:pt idx="0">
+                  <c:v>56.2</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>43.8</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000004-3300-471D-BC55-C8526CDBCDBF}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+          <c:showLeaderLines val="1"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln>
+      <a:noFill/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="ja-JP"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=ppt/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=ppt/charts/colors2.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=ppt/charts/style1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="251">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="25400">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="75000"/>
+          <a:lumOff val="25000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="50000"/>
+            <a:lumOff val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=ppt/charts/style2.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="251">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="25400">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="75000"/>
+          <a:lumOff val="25000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="50000"/>
+            <a:lumOff val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=ppt/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
+  <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+    <cdr:from>
+      <cdr:x>0.52861</cdr:x>
+      <cdr:y>0.36634</cdr:y>
+    </cdr:from>
+    <cdr:to>
+      <cdr:x>0.76811</cdr:x>
+      <cdr:y>0.62311</cdr:y>
+    </cdr:to>
+    <cdr:sp macro="" textlink="">
+      <cdr:nvSpPr>
+        <cdr:cNvPr id="2" name="Oval 13"/>
+        <cdr:cNvSpPr>
+          <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1" noChangeArrowheads="1"/>
+        </cdr:cNvSpPr>
+      </cdr:nvSpPr>
+      <cdr:spPr bwMode="auto">
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:off x="991007" y="640602"/>
+          <a:ext cx="449003" cy="449003"/>
+        </a:xfrm>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="ellipse">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" w="25400" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:round/>
+          <a:headEnd/>
+          <a:tailEnd/>
+        </a:ln>
+        <a:effectLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+      </cdr:spPr>
+      <cdr:txBody>
+        <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:defPPr>
+            <a:defRPr lang="ja-JP"/>
+          </a:defPPr>
+          <a:lvl1pPr algn="ctr" rtl="0" fontAlgn="base">
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="0"/>
+            </a:spcAft>
+            <a:defRPr kumimoji="1" sz="1200" kern="1200">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl1pPr>
+          <a:lvl2pPr marL="457200" algn="ctr" rtl="0" fontAlgn="base">
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="0"/>
+            </a:spcAft>
+            <a:defRPr kumimoji="1" sz="1200" kern="1200">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl2pPr>
+          <a:lvl3pPr marL="914400" algn="ctr" rtl="0" fontAlgn="base">
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="0"/>
+            </a:spcAft>
+            <a:defRPr kumimoji="1" sz="1200" kern="1200">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl3pPr>
+          <a:lvl4pPr marL="1371600" algn="ctr" rtl="0" fontAlgn="base">
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="0"/>
+            </a:spcAft>
+            <a:defRPr kumimoji="1" sz="1200" kern="1200">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl4pPr>
+          <a:lvl5pPr marL="1828800" algn="ctr" rtl="0" fontAlgn="base">
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="0"/>
+            </a:spcAft>
+            <a:defRPr kumimoji="1" sz="1200" kern="1200">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl5pPr>
+          <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:defRPr kumimoji="1" sz="1200" kern="1200">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl6pPr>
+          <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:defRPr kumimoji="1" sz="1200" kern="1200">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl7pPr>
+          <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:defRPr kumimoji="1" sz="1200" kern="1200">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl8pPr>
+          <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:defRPr kumimoji="1" sz="1200" kern="1200">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGSｺﾞｼｯｸE" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl9pPr>
+        </a:lstStyle>
+        <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:pPr>
+            <a:lnSpc>
+              <a:spcPct val="80000"/>
+            </a:lnSpc>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>ラジオ全局シェア</a:t>
+          </a:r>
+        </a:p>
+      </cdr:txBody>
+    </cdr:sp>
+  </cdr:relSizeAnchor>
+</c:userShapes>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -1232,51 +6294,79 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr kumimoji="1" sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr kumimoji="1" sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8194" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
@@ -1424,51 +6514,51 @@
               </a:spcAft>
               <a:defRPr kumimoji="1" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{3949F6A9-A3E1-46FD-A3FD-8B620CA0CC37}" type="slidenum">
               <a:rPr lang="en-US" altLang="ja-JP" smtClean="0">
                 <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:pPr>
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
               </a:pPr>
-              <a:t>0</a:t>
+              <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" altLang="ja-JP">
               <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8195" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8196" name="Rectangle 3"/>
           <p:cNvSpPr>
@@ -1493,51 +6583,1927 @@
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1"/>
             <a:endParaRPr lang="ja-JP" altLang="ja-JP">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3145879419"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1138227396"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8194" name="Rectangle 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="700903" indent="-263236" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1083068" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1520736" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1958403" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2415101" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2871796" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3328493" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3785190" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:fld id="{3949F6A9-A3E1-46FD-A3FD-8B620CA0CC37}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP" smtClean="0">
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:pPr>
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+              </a:pPr>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="ja-JP">
+              <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8195" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8196" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="ja-JP" altLang="ja-JP">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1964042533"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8194" name="Rectangle 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="700903" indent="-263236" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1083068" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1520736" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1958403" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2415101" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2871796" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3328493" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3785190" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:fld id="{3949F6A9-A3E1-46FD-A3FD-8B620CA0CC37}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP" smtClean="0">
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:pPr>
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+              </a:pPr>
+              <a:t>3</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="ja-JP">
+              <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8195" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8196" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="ja-JP" altLang="ja-JP">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4211066353"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8194" name="Rectangle 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="700903" indent="-263236" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1083068" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1520736" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1958403" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2415101" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2871796" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3328493" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3785190" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:fld id="{3949F6A9-A3E1-46FD-A3FD-8B620CA0CC37}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP" smtClean="0">
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:pPr>
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+              </a:pPr>
+              <a:t>5</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="ja-JP">
+              <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8195" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8196" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="ja-JP" altLang="ja-JP">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3238873430"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8194" name="Rectangle 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="700903" indent="-263236" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1083068" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1520736" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1958403" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2415101" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2871796" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3328493" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3785190" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:fld id="{3949F6A9-A3E1-46FD-A3FD-8B620CA0CC37}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP" smtClean="0">
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:pPr>
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+              </a:pPr>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="ja-JP">
+              <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8195" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8196" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="ja-JP" altLang="ja-JP">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2683896407"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8194" name="Rectangle 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="700903" indent="-263236" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1083068" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1520736" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1958403" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2415101" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2871796" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3328493" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3785190" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:fld id="{3949F6A9-A3E1-46FD-A3FD-8B620CA0CC37}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP" smtClean="0">
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:pPr>
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+              </a:pPr>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="ja-JP">
+              <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8195" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8196" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="ja-JP" altLang="ja-JP">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2422221473"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8194" name="Rectangle 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="700903" indent="-263236" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1083068" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1520736" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1958403" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2415101" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2871796" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3328493" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3785190" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:fld id="{3949F6A9-A3E1-46FD-A3FD-8B620CA0CC37}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP" smtClean="0">
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:pPr>
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+              </a:pPr>
+              <a:t>8</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="ja-JP">
+              <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8195" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8196" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="ja-JP" altLang="ja-JP">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="975305277"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8194" name="Rectangle 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="700903" indent="-263236" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1083068" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1520736" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1958403" indent="-207734" defTabSz="892778">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2415101" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2871796" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3328493" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3785190" indent="-207734" defTabSz="892778" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐ明朝" panose="02020600040205080304" pitchFamily="18" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:fld id="{3949F6A9-A3E1-46FD-A3FD-8B620CA0CC37}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP" smtClean="0">
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:pPr>
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+              </a:pPr>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="ja-JP">
+              <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8195" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8196" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="ja-JP" altLang="ja-JP">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1005190913"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -1645,51 +8611,51 @@
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="グラフィックス 14"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="4035042" y="5724076"/>
+            <a:off x="3886200" y="5635799"/>
             <a:ext cx="2133600" cy="706437"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
@@ -1758,51 +8724,51 @@
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="正方形/長方形 9"/>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9906000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="76200">
             <a:solidFill>
-              <a:schemeClr val="accent3"/>
+              <a:srgbClr val="EB6432"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
@@ -2305,51 +9271,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="446088" y="7627938"/>
             <a:ext cx="2079625" cy="438150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{EC83580F-DBF0-42FB-A548-F3D5BBF22973}" type="datetime1">
               <a:rPr lang="zh-CN" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/3/11</a:t>
+              <a:t>2025/11/10</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-CN" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="页脚占位符 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3046413" y="7627938"/>
             <a:ext cx="2822575" cy="438150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3985,50 +10951,206 @@
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg bwMode="auto">
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3094" name="Rectangle 22"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="9292121" y="6418263"/>
+            <a:ext cx="613879" cy="323850"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr eaLnBrk="0" hangingPunct="0">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750" eaLnBrk="0" hangingPunct="0">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" eaLnBrk="0" hangingPunct="0">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" eaLnBrk="0" hangingPunct="0">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" eaLnBrk="0" hangingPunct="0">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{9AA62517-8880-42A2-9A11-C0CBEF8DCAD5}" type="slidenum">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1000" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1000" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1027" name="Picture 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId14" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8124825" y="166688"/>
             <a:ext cx="1573213" cy="576262"/>
@@ -4110,51 +11232,51 @@
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="正方形/長方形 2"/>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9906000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="76200">
             <a:solidFill>
-              <a:schemeClr val="accent1"/>
+              <a:srgbClr val="EB6432"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
@@ -4542,139 +11664,6989 @@
         <a:defRPr kumimoji="1" sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr kumimoji="1" sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="図 6" descr="人, 立つ, 女性, 探す が含まれている画像&#10;&#10;AI によって生成されたコンテンツは間違っている可能性があります。">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7F7F742C-A296-B67A-AE9F-326A1851DF52}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3225510" y="232499"/>
+            <a:ext cx="3456000" cy="2160000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="正方形/長方形 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-7119" y="2612821"/>
+            <a:ext cx="9906000" cy="1282340"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="62215" tIns="31107" rIns="62215" bIns="31107" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1225" dirty="0">
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Box 1804">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{84BDA507-F692-4381-BDB4-D18A4AFFCAB4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1021" y="4148275"/>
+            <a:ext cx="9904979" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>＜番組プロフィール </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="2400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>&amp; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>ご提供企画＞</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="テキスト ボックス 5"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1021" y="2865935"/>
+            <a:ext cx="9904979" cy="707886"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>７</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>ＣＯＬＯＲＳ</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="4000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2906477017"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text Box 1797">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{DF79B7BE-595A-4207-91E2-9393AFB2213C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="272480" y="6088443"/>
+            <a:ext cx="6048672" cy="738664"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1050" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>※</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>番組内容につきましては、具体化に伴い</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1050" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>ZIP-FM</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>からご提案させていただきます</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1050" dirty="0">
+              <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1050" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>※</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>上記の制作費は、目安の金額です。番組内容の具体化にともない、あらためてお見積りいたします。</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1050" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>※30</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>分以上の番組のご提供については、別途ご相談ください。</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1050" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>※</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>特別番組などのため、放送時刻変更または放送休止になる場合があります。　　　　　　 </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="8" name="表 7"/>
+          <p:cNvPr id="6" name="表 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9433C3A0-6DAE-4166-A956-C9AA7D70573A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2979004214"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1085504894"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="390640" y="1340768"/>
-          <a:ext cx="5210432" cy="4501846"/>
+          <a:off x="344488" y="1052736"/>
+          <a:ext cx="9109014" cy="4925936"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="1302608">
+                <a:gridCol w="1458162">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="3907824">
+                <a:gridCol w="1912713">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1680176219"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1912713">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20001"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1912713">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20002"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1912713">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="4152128472"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
-              <a:tr h="1152128">
+              <a:tr h="299410">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" dirty="0">
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-                      </a:r>
+                        </a:rPr>
+                        <a:t>番組尺</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>分枠</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>10</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>分枠</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>15</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>分枠</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>20</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>分枠</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10000"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="199256">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>土</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>17:25</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>17:30</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>17:20</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>17:30</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>17:15</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>17:30</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ー</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="579682618"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="216024">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>土</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>17:32</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>17:37</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>17:32</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>17:42</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>17:32</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>17:47</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ー</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="3821744642"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="216024">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>土</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>18:00</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>18:05</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>18:00</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>18:10</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ー</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ー</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10002"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="216024">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>土</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>18:38</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>18:43</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>18:33</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>18:43</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ー</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ー</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1725517057"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1084146">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>基本フォーマット</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74295" marR="74295" marT="37148" marB="37148" anchor="ctr">
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" dirty="0">
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>提供者社名入りタイトル</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>本編　（約</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>分）</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>＜後</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>CM</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>20</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>秒＞</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>タイトル＋後提供クレジット</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74295" marR="74295" marT="37148" marB="37148">
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>提供者社名入りタイトル</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>本編　（約</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>9</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>分）</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>＜後</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>CM</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>40</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>秒＞</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>タイトル＋後提供クレジット</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74295" marR="74295" marT="37148" marB="37148"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>提供者社名入りタイトル</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>＋前提供クレジット</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>＜前</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>CM 30</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>秒＞</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>本編　（約</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>13</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>分）</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>＜後</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>CM 60</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>秒＞</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>提供社名入りタイトル</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>＋後提供クレジット</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74295" marR="74295" marT="37148" marB="37148"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>提供者社名入りタイトル</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>＋前提供クレジット</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>＜前</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>CM 60</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>秒＞</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>本編　（約</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>18</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>分）</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>＜後</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>CM 60</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>秒＞</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>提供社名入りタイトル</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>＋後提供クレジット</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74295" marR="74295" marT="37148" marB="37148"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10001"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="252952">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-lt"/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>CM</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>総量</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74295" marR="74295" marT="37148" marB="37148" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>20</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>秒</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74295" marR="74295" marT="37148" marB="37148" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>40</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>秒</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74295" marR="74295" marT="37148" marB="37148" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>90</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>秒</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74295" marR="74295" marT="37148" marB="37148" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>120</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>秒</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74295" marR="74295" marT="37148" marB="37148" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1938710769"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1368369">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" u="sng" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>★ご提供料金★</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1050" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1050" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>（</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="zh-TW" sz="1050" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>W</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="zh-TW" altLang="en-US" sz="1050" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>：電波料</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="zh-TW" sz="1050" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>/P:</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="zh-TW" altLang="en-US" sz="1050" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>制作費</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1050" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>）</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="zh-TW" altLang="en-US" sz="1050" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>※</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>消費税別途</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74295" marR="74295" marT="37148" marB="37148" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" u="sng" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" u="sng" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>●月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" u="sng" dirty="0" err="1">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ー</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" u="sng" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>木ベルト（週</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" u="sng" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" u="sng" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>回）</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" u="sng" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" u="none" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>　＜月額＞ </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="0" u="none" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>\2,000,000</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" u="none" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>　（</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" u="none" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>W</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>\1,200,000/P</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>\800,000</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>）</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>●週</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>回　</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:prstClr val="black"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>　＜月額＞ </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\500,000</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>　（</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>W</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\300,000/P</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\200,000</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>）</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:prstClr val="black"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74295" marR="74295" marT="37148" marB="37148">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:prstClr val="black"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>●月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>ー</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>木ベルト（週</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>回）</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:prstClr val="black"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>　＜月額＞ </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\3,400,000</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t> （</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>W</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\2,200,000/P</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\1,200,000</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>）</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:prstClr val="black"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:prstClr val="black"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>●週</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>回　</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:prstClr val="black"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>　＜月額＞ </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\850,000</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>　（</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>W</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\550,000P</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\300,000</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>）</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:prstClr val="black"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:prstClr val="black"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74295" marR="74295" marT="37148" marB="37148" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:prstClr val="black"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>●月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>ー</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>木ベルト（週</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>回）</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:prstClr val="black"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>　＜月額＞ </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\4,200,000</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t> （</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>W</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\2,800,000/P</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\1,400,000</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>）</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:prstClr val="black"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:prstClr val="black"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>●週</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>回　</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:prstClr val="black"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>　＜月額＞ </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\1,050,000</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>　（</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>W</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\700,000P</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\350,000</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>）</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:prstClr val="black"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74295" marR="74295" marT="37148" marB="37148" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:prstClr val="black"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>●月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>ー</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>木ベルト（週</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>回）</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:prstClr val="black"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>　＜月額＞ </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\4,800,000</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t> （</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>W</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\3,200,000/P</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\1,600,000</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>）</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:prstClr val="black"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:prstClr val="black"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>●週</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>回　</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:prstClr val="black"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>　＜月額＞ </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\1,200,000</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>　（</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>W</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\800,000P</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\400,000</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>）</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:prstClr val="black"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74295" marR="74295" marT="37148" marB="37148" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1443379072"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="テキスト ボックス 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{22192285-48AD-B4F8-EBD3-C94F2B150978}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7401272" y="6284806"/>
+            <a:ext cx="1944216" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" dirty="0"/>
+              <a:t>2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:t>年</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" dirty="0"/>
+              <a:t>10</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:t>月現在</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Box 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2DBA0C15-C5C7-A144-A5C2-AD35F8A11DBC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="344488" y="260648"/>
+            <a:ext cx="7561387" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>◆</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>７ ＣＯＬＯＲＳ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>　＜オリジナル番組ご提供企画＞</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1213458115"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="図 5" descr="人, 立つ, 女性, 探す が含まれている画像&#10;&#10;AI によって生成されたコンテンツは間違っている可能性があります。">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7F7F742C-A296-B67A-AE9F-326A1851DF52}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="467054" y="2706195"/>
+            <a:ext cx="2515540" cy="1572213"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Box 2"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="344488" y="260648"/>
+            <a:ext cx="7561387" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>◆</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>７ ＣＯＬＯＲＳ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>　＜番組概要＞</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text Box 66"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="383051" y="1016770"/>
+            <a:ext cx="9133777" cy="1231106"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>土曜日の夕方を楽しく、ハッピーに、軽やかに駆け抜ける</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>時間プログラム！</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" b="1" u="sng" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-ea"/>
+              <a:ea typeface="+mn-ea"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="0" dirty="0">
+              <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>土曜日の夕方を楽しく、ハッピーに！</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+              <a:latin typeface="+mn-ea"/>
+              <a:ea typeface="+mn-ea"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>新人ナビゲーター・レディーナナの持つカラフルな魅力とゴキゲンなミュージック、そして</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>ZIPPIE</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>との</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>2WAY</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>を通して、</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+              <a:latin typeface="+mn-ea"/>
+              <a:ea typeface="+mn-ea"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>軽やかに駆け抜ける</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>時間プログラム。</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="テキスト ボックス 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EA54E4F6-1FB7-06FA-415F-67C42C400C4A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="441787" y="4437112"/>
+            <a:ext cx="9080406" cy="2308324"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>●番組タイトル</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>７</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>ＣＯＬＯＲＳ</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" baseline="30000" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>●放送時間</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>		</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>毎週土曜日　１６：００～１９：００ ＜３時間プログラム＞</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>●</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>NAVIGATOR	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>レディーナナ</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>●</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>TARGET		16</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>歳～</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>49</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>歳　男・女　ドライブ中のカップル・ファミリー・家内聴取・商工自営業</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>●番組</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>SNS		X</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>：</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>@ZIP_7_COLORS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>／約</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" smtClean="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>9,400</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>人</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>		 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>　</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1600" i="0" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1881788586"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="図 8" descr="ポーズをとっている男&#10;&#10;AI によって生成されたコンテンツは間違っている可能性があります。">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A78899A1-FEC3-9DA6-5956-0A13A348CE0D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="5235" t="3280" r="2881" b="50651"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6606925" y="1556792"/>
+            <a:ext cx="3072000" cy="2304000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text Box 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{90975E78-F2DF-4D32-BBE1-BD26788897D1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="333480" y="1052736"/>
+            <a:ext cx="7561387" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>レディーナナ　＜</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="2000" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>LADY NANA</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>＞</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Text Box 2"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="344488" y="260648"/>
+            <a:ext cx="7561387" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>◆</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>７ ＣＯＬＯＲＳ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>　＜ナビゲーター・プロフィール＞</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="10" name="表 9"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2522302448"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="416496" y="1558589"/>
+          <a:ext cx="5976664" cy="3767882"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="1494077">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20000"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1170219">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20001"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="3312368">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20002"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="360000">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>CONCEPT</a:t>
+                        <a:t>生年月日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -4684,180 +18656,183 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="tx2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
-                <a:tc>
+                <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="0" dirty="0">
-                          <a:latin typeface="+mn-lt"/>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>土曜日の夕方を楽しく、ハッピーに！新人ナビゲーター・レディーナナの持つカラフルな魅力とゴキゲンなミュージック、そして</a:t>
-[...3 lines deleted...]
-                          <a:latin typeface="+mn-lt"/>
+                        <a:t>1999</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>ZIPPIE</a:t>
-[...3 lines deleted...]
-                          <a:latin typeface="+mn-lt"/>
+                        <a:t>年</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>との</a:t>
-[...3 lines deleted...]
-                          <a:latin typeface="+mn-lt"/>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>2WAY</a:t>
-[...3 lines deleted...]
-                          <a:latin typeface="+mn-lt"/>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>を通して、軽やかに駆け抜ける</a:t>
-[...3 lines deleted...]
-                          <a:latin typeface="+mn-lt"/>
+                        <a:t>25</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>3</a:t>
-[...6 lines deleted...]
-                        <a:t>時間プログラム。</a:t>
+                        <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                   </a:tcPr>
                 </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="532690">
+              <a:tr h="360000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPts val="1800"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-lt"/>
+                          <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>NAVIGATOR</a:t>
+                        <a:t>出身地</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -4867,155 +18842,148 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="tx2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
-                <a:tc>
+                <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="0" dirty="0">
-                          <a:latin typeface="+mn-lt"/>
+                        <a:rPr kumimoji="1" lang="zh-TW" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>レディーナナ</a:t>
+                        <a:t>愛知県名古屋市</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                   </a:tcPr>
                 </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="1364987">
+              <a:tr h="468000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPts val="1800"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="0" dirty="0">
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-lt"/>
+                          <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>NAVIGATOR</a:t>
-[...16 lines deleted...]
-                        <a:t>PROFILE</a:t>
+                        <a:t>趣味</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -5025,184 +18993,552 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="tx2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
-                <a:tc>
+                <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l"/>
-[...1 lines deleted...]
-                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="0" dirty="0">
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPts val="1800"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>日本とイタリア系ブラジル人のハーフ。名古屋市を拠点に活動するイベント</a:t>
-[...106 lines deleted...]
-                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" dirty="0">
+                        <a:t>ぬいぐるみと遊ぶこと、トライク（三輪車）に乗ってツーリング、テニス、歌う事（レディーガガにインスパイアを受けて、たまに歌って踊ります）、</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
                         <a:latin typeface="+mn-ea"/>
                         <a:ea typeface="+mn-ea"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPts val="1800"/>
                         </a:lnSpc>
                       </a:pPr>
-                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1200" b="0" dirty="0">
-[...3 lines deleted...]
-                        <a:latin typeface="+mn-lt"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>一人〇〇</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10002"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="466257">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>特技</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:schemeClr val="tx2"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc gridSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPts val="1800"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>挨拶程度なら</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>7</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>か国語以上は話せる、史上最年少で</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>FP</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>の資格取得、サンバが踊れる、中学生で単独海外渡航経験あり（台湾、ミャンマー）</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10003"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1290002">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>経歴</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:schemeClr val="tx2"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc gridSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>日本とイタリア系ブラジル人のハーフ。名古屋市を拠点に活動するイベント</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>MC</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>・タレント・モデル。その傍ら、名古屋市中区オレンジリボンキャプテンとして、オレンジリボン運動（児童虐待防止運動）の啓発に力を入れている。</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>2025</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>年全国公開予定の映画に出演するなど活動の幅を広げている。</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                        <a:latin typeface="+mn-ea"/>
+                        <a:ea typeface="+mn-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>2024</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>年　</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>ZIP-FM</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>ナビゲーターオーディションでグランプリを受賞。</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>2025</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>年</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>月より、</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>ZIP-FM</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>ナビゲーターとなる。</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                        <a:latin typeface="+mn-ea"/>
                         <a:ea typeface="+mn-ea"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
@@ -5210,265 +19546,134 @@
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                   </a:tcPr>
                 </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="532690">
+              <a:tr h="432000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" dirty="0">
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-lt"/>
+                          <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>TARGET</a:t>
-[...164 lines deleted...]
-                      </a:r>
+                        <a:t>ナビゲーター</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-ea"/>
+                        <a:ea typeface="+mn-ea"/>
+                      </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr algn="ctr"/>
-[...1 lines deleted...]
-                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" dirty="0">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-lt"/>
+                          <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>SNS</a:t>
+                        <a:t>キャリア</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
@@ -5495,267 +19700,11307 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" dirty="0">
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-lt"/>
+                          <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>X</a:t>
-[...2 lines deleted...]
-                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="0" dirty="0">
+                        <a:t>2025</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
-                          <a:latin typeface="+mn-lt"/>
+                          <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
-                        <a:t>：</a:t>
-                      </a:r>
+                        <a:t>年</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>月～</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-ea"/>
+                        <a:ea typeface="+mn-ea"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                   </a:tcPr>
                 </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>「</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>7 COLORS</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>」</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10006"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="14" name="表 13"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1983084036"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="415266" y="5326471"/>
+          <a:ext cx="5760640" cy="426720"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="1512168">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20000"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="4248472">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20001"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="360000">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>SNS</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-ea"/>
+                        <a:ea typeface="+mn-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:schemeClr val="tx2"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>X</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0" err="1">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>ladynana_chan</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>／</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>515</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>人</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                        <a:latin typeface="+mn-ea"/>
+                        <a:ea typeface="+mn-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>Instagram</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0" err="1">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>lady_nana_chan</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>／</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>9306</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>人</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10000"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="185231676"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Box 2"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="344488" y="260648"/>
+            <a:ext cx="7561387" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>◆</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>７ ＣＯＬＯＲＳ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>　＜聴取率データ＞</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="44" name="正方形/長方形 43">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9E388C63-4378-4E41-AF6C-B9849C0C3A05}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="664734" y="1324691"/>
+            <a:ext cx="8723118" cy="2546359"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFF99"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg2">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="47" name="FMGＺ右">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{26BA8FD9-F48F-4835-8BBA-C50F8BD07627}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noChangeAspect="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2227005213"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="5494241" y="1647994"/>
+          <a:ext cx="2339176" cy="1871341"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="48" name="四角形: 角を丸くする 50">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9E91FE78-C287-41BF-8096-8F604C7B1697}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1785933" y="1071370"/>
+            <a:ext cx="6480720" cy="448511"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="00B0F0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg2">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="51" name="折れ線Ｇ"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noChangeAspect="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2011096558"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="5235503" y="1914534"/>
+          <a:ext cx="3782159" cy="1785271"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56" name="テキスト ボックス 55">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3F54C4F7-F523-4453-820C-5CB300F1005A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1376679" y="1109676"/>
+            <a:ext cx="7324528" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>「</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>7 COLORS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>」は、＜</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>16</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>歳～</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>49</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>歳＞</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>ターゲット聴取シェア</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>No.1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>！</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="57" name="テキスト ボックス 56">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9050AB78-A415-4AAC-A48E-E1CEBBF08282}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7644984" y="2050239"/>
+            <a:ext cx="1107794" cy="215444"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>＜時間帯別聴取率＞</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg2">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="60" name="グループ化 59">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6ED86225-032B-4C1C-ACF8-E33994A001D8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="5494241" y="1590405"/>
+            <a:ext cx="3515910" cy="300389"/>
+            <a:chOff x="6174242" y="2091338"/>
+            <a:chExt cx="3058156" cy="300389"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="61" name="テキスト ボックス 60">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EA51902D-47B3-4CAE-BDD8-1197F1E57BBC}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6174242" y="2096440"/>
+              <a:ext cx="729003" cy="272802"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:noAutofit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>ＺＩＰ</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" dirty="0">
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>-</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>ＦＭ</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>    </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                  <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>　　　</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="62" name="直線コネクタ 61">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B4B59604-ABF2-4F3A-B55A-1460FD1D5ADB}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvCxnSpPr>
+              <a:cxnSpLocks/>
+            </p:cNvCxnSpPr>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6925762" y="2335462"/>
+              <a:ext cx="611457" cy="1107"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="28575" cap="rnd">
+              <a:solidFill>
+                <a:srgbClr val="FF9900"/>
+              </a:solidFill>
+              <a:prstDash val="sysDash"/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="63" name="直線コネクタ 62">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{87C0C8F4-4A1C-439D-AF91-989257879DE5}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvCxnSpPr>
+              <a:cxnSpLocks/>
+            </p:cNvCxnSpPr>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6195403" y="2328142"/>
+              <a:ext cx="611457" cy="1107"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="38100" cap="rnd">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="64" name="直線コネクタ 63">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7199FE59-BE82-4ADC-9BDD-9C79B6B61B05}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvCxnSpPr>
+              <a:cxnSpLocks/>
+            </p:cNvCxnSpPr>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7667573" y="2338223"/>
+              <a:ext cx="611457" cy="1107"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="28575" cap="rnd">
+              <a:solidFill>
+                <a:srgbClr val="009900"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="65" name="直線コネクタ 64">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AAA1F4D4-E43E-4B5F-8AEC-68F619E4FE21}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvCxnSpPr>
+              <a:cxnSpLocks/>
+            </p:cNvCxnSpPr>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8496643" y="2338577"/>
+              <a:ext cx="611457" cy="1107"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="38100" cap="rnd">
+              <a:solidFill>
+                <a:srgbClr val="3333FF"/>
+              </a:solidFill>
+              <a:prstDash val="sysDot"/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="66" name="テキスト ボックス 65">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AF20A621-78B1-48AB-9C04-7C3CB3CB4197}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6806860" y="2100760"/>
+              <a:ext cx="866291" cy="272802"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:noAutofit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>ＣＢＣラジオ   </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                  <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>　　　</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="67" name="テキスト ボックス 66">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7A5AEA37-1578-4C84-A52D-F501B36DE859}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7630352" y="2091338"/>
+              <a:ext cx="866292" cy="272802"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:noAutofit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>東海ラジオ   </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                  <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>　　　</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="68" name="テキスト ボックス 67">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{178D3A9D-2397-4F56-879C-4F30EE1B6184}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8361144" y="2096204"/>
+              <a:ext cx="871254" cy="295523"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:noAutofit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>ＦＭ ＡＩＣＨＩ    </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                  <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>　　　</a:t>
+              </a:r>
+              <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
+                <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="2" name="グループ化 1"/>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="1528830" y="1535678"/>
+            <a:ext cx="2656507" cy="2397416"/>
+            <a:chOff x="1756112" y="1817214"/>
+            <a:chExt cx="2313995" cy="2016229"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:graphicFrame>
+          <p:nvGraphicFramePr>
+            <p:cNvPr id="75" name="全GＺ右">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F72B9D9E-41FE-4C14-B874-0C2B920B038A}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="1"/>
+            </p:cNvGraphicFramePr>
+            <p:nvPr>
+              <p:extLst>
+                <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                  <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3048807784"/>
+                </p:ext>
+              </p:extLst>
+            </p:nvPr>
+          </p:nvGraphicFramePr>
+          <p:xfrm>
+            <a:off x="1756112" y="1961489"/>
+            <a:ext cx="2224477" cy="1871954"/>
+          </p:xfrm>
+          <a:graphic>
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+              <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
+            </a:graphicData>
+          </a:graphic>
+        </p:graphicFrame>
+        <p:graphicFrame>
+          <p:nvGraphicFramePr>
+            <p:cNvPr id="76" name="全G他右">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{867B003C-7BDF-49BB-9EF7-5AB592B1E912}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="1"/>
+            </p:cNvGraphicFramePr>
+            <p:nvPr>
+              <p:extLst>
+                <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                  <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2562370150"/>
+                </p:ext>
+              </p:extLst>
+            </p:nvPr>
+          </p:nvGraphicFramePr>
+          <p:xfrm>
+            <a:off x="1766420" y="1817214"/>
+            <a:ext cx="2084589" cy="1928252"/>
+          </p:xfrm>
+          <a:graphic>
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+              <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
+            </a:graphicData>
+          </a:graphic>
+        </p:graphicFrame>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="77" name="WordArt 6">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8FADFFB1-813D-481D-9ABF-21332EFAE2FB}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="3249815" y="2185688"/>
+              <a:ext cx="642872" cy="228686"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:extLst>
+              <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:effectLst/>
+                </a14:hiddenEffects>
+              </a:ext>
+            </a:extLst>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" fromWordArt="1">
+              <a:prstTxWarp prst="textPlain">
+                <a:avLst>
+                  <a:gd name="adj" fmla="val 50000"/>
+                </a:avLst>
+              </a:prstTxWarp>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="dist"/>
+              <a:r>
+                <a:rPr lang="en-US" altLang="ja-JP" sz="2100" b="1" kern="10" spc="-105" dirty="0">
+                  <a:ln w="12700">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:round/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>ZIP-FM</a:t>
+              </a:r>
+              <a:endParaRPr lang="ja-JP" altLang="en-US" sz="2100" b="1" kern="10" spc="-105" dirty="0">
+                <a:ln w="12700">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:round/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="78" name="WordArt 6">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{58F27D26-7B4E-4D67-861D-6E2E10E310C9}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr>
+              <a:spLocks/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="3496778" y="2554174"/>
+              <a:ext cx="573329" cy="275200"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:extLst>
+              <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:effectLst/>
+                </a14:hiddenEffects>
+              </a:ext>
+            </a:extLst>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" fromWordArt="1">
+              <a:prstTxWarp prst="textPlain">
+                <a:avLst>
+                  <a:gd name="adj" fmla="val 50000"/>
+                </a:avLst>
+              </a:prstTxWarp>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="dist"/>
+              <a:r>
+                <a:rPr lang="en-US" altLang="ja-JP" sz="2100" b="1" kern="10" spc="-105" dirty="0">
+                  <a:ln w="12700">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:round/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>33</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="2100" b="1" kern="10" spc="-105" dirty="0" err="1">
+                  <a:ln w="12700">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:round/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>．</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" altLang="ja-JP" sz="2100" b="1" kern="10" spc="-105" dirty="0">
+                  <a:ln w="12700">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:round/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>5</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="2100" b="1" kern="10" spc="-105" dirty="0">
+                  <a:ln w="12700">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:round/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a:ln>
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>％</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="79" name="正方形/長方形 78">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FF62DEAC-889E-4260-BA33-8CBE52E4BD8B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="663450" y="4307347"/>
+            <a:ext cx="8723118" cy="2219490"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFF99"/>
+          </a:solidFill>
+          <a:ln w="25400">
+            <a:solidFill>
+              <a:schemeClr val="bg2">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US">
+              <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="83" name="グループ化 82">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B6D0B568-F110-4B5C-A747-A707A9A0FA1E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="1784648" y="4062328"/>
+            <a:ext cx="6436043" cy="473889"/>
+            <a:chOff x="1189685" y="4176045"/>
+            <a:chExt cx="4269152" cy="473889"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="84" name="四角形: 角を丸くする 37">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{55CD28FF-9895-4222-94FC-685C914E11F9}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="1197615" y="4176045"/>
+              <a:ext cx="4261222" cy="473889"/>
+            </a:xfrm>
+            <a:prstGeom prst="roundRect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:srgbClr val="FF9900"/>
+            </a:solidFill>
+            <a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg2">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="85" name="テキスト ボックス 84">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{26FC4DD6-4406-4FD3-9C3E-B39B80762B3F}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="1189685" y="4244231"/>
+              <a:ext cx="4266727" cy="338554"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr" defTabSz="1043056" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>「</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>7 COLORS</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>」は、</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>1</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>週間で</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" altLang="ja-JP" sz="1600">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>41</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1600">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>万人</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                </a:rPr>
+                <a:t>に聴かれています！</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="92" name="テキスト ボックス 17"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1665384" y="4739075"/>
+            <a:ext cx="5187639" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>●「</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>7 COLORS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>」の</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>週間のユニークリーチ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>到達率</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>・・・</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" b="1" u="sng" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>4.1%</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="93" name="テキスト ボックス 19"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3751675" y="6007583"/>
+            <a:ext cx="3504486" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>重複を除く正味到達人数</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+              <a:latin typeface="+mn-ea"/>
+              <a:ea typeface="+mn-ea"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>中京圏の</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>ZIP-FM</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>良好聴取エリア内の男女</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>12</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>～</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>69</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>才</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
+              <a:latin typeface="+mn-ea"/>
+              <a:ea typeface="+mn-ea"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="94" name="テキスト ボックス 18"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3749946" y="5238142"/>
+            <a:ext cx="4312399" cy="769441"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="4400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EA6431"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>41</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="4400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EA6431"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>万人／</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EA6431"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>1,000</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EA6431"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>万人</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="3200" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="EA6431"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-ea"/>
+              <a:ea typeface="+mn-ea"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="95" name="テキスト ボックス 17"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1638444" y="5307503"/>
+            <a:ext cx="1941557" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>人口換算すると</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>…</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="96" name="テキスト ボックス 95">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C220D258-9AFE-78D4-4296-9628C160E883}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="726306" y="6596789"/>
+            <a:ext cx="8306636" cy="200055"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>株式会社ビデオリサーチ調べ　中京圏ラジオ調査 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="700" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>年</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>6</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>月度 </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+              <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="654015584"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{ECDB3209-E3BF-F721-FB6C-173B9200106E}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text Box 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BDB2BB2C-89DE-B736-26B3-7BACE0BC6600}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="344488" y="260648"/>
+            <a:ext cx="7561387" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>◆</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>７ ＣＯＬＯＲＳ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>　＜聴取者構成＞</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="正方形/長方形 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AF067A62-A5B5-64C9-E78D-14BD1A52F7D7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5025008" y="1966705"/>
+            <a:ext cx="4536504" cy="4328326"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFF99"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg2">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="四角形: 角を丸くする 50">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{057CA13F-902C-5B45-1D54-3A98176E6267}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5853742" y="1518193"/>
+            <a:ext cx="2735019" cy="448511"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="00B0F0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg2">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:t>男女年代別構成</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="14" name="表 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A9B40275-E912-0998-2106-7E9B97239588}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1715312657"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="5156482" y="5164413"/>
+          <a:ext cx="4267200" cy="906780"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr/>
+              <a:tblGrid>
+                <a:gridCol w="609600">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2712265113"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="609600">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="982957887"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="609600">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="689314784"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="609600">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="4116244407"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="609600">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="3848452236"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="609600">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="3428843892"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="609600">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1301916377"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="274320">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>　</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>男性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>12</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>19</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="99CCFF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>男性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>20</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>29</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="33CCFF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>男性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>30</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>39</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="0099FF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>男性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>40</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>49</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="3366FF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>男性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>50</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>59</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="0033CC"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>男性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>60</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>69</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="333399"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2424355263"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="167640">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>06:00</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3.1</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4.9</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>7.1</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>12.0</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>20.5</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>8.6</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="471739183"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="274320">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>　</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>女性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>12</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>19</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FFCCFF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>女性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>20</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>29</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FF99FF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>女性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>30</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>39</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FF66FF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>女性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>40</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>49</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FF00FF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>女性 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>50</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>59</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="CC00CC"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>女性</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>60</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>69</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>才</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="660066"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2114801994"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="175260">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>06:00</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>2.6</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1.3</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3.2</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>13.5</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>18.2</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                          <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
+                        </a:rPr>
+                        <a:t>5.0</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="dot"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2390851049"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="テキスト ボックス 4"/>
+          <p:cNvPr id="15" name="正方形/長方形 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B12A4A6F-67D6-16CC-E94C-337E9107F378}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="347496" y="1966705"/>
+            <a:ext cx="4536504" cy="4328326"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFF99"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg2">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="四角形: 角を丸くする 50">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{893C2775-9A32-DFE1-4685-D07EF85935EE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1162978" y="1536651"/>
+            <a:ext cx="2735019" cy="448511"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="00B0F0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg2">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:t>男女比</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text Box 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8EA14D40-520B-CD6B-56E6-BBCA45047C7E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="482318" y="5263860"/>
+            <a:ext cx="4267201" cy="707886"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>「</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="2000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>7 COLORS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>」リスナーの</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="2000" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mj-ea"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>約</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>5.6</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>割が男性</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>約</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>4.4</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>割が女性</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="テキスト ボックス 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9BBEA6EC-A328-7A9D-C673-C6F07EB071D7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="390640" y="219792"/>
-            <a:ext cx="1814920" cy="523220"/>
+            <a:off x="726306" y="6497324"/>
+            <a:ext cx="8306636" cy="200055"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" rtlCol="0">
+          <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="2800" b="1" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>7 COLORS</a:t>
+              <a:t>株式会社ビデオリサーチ調べ　中京圏ラジオ調査 </a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2800" b="1" dirty="0">
-[...1 lines deleted...]
-              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            <a:r>
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="700" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>年</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>6</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+                <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>月度 </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+              <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="テキスト ボックス 11"/>
+          <p:cNvPr id="24" name="Text Box 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C147054E-9187-B291-0850-8FC9F9D90934}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="344488" y="961941"/>
+            <a:ext cx="7561387" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>●（土）</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>16:00</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>～</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>19:00</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>における</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>12-69</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>歳男女のリスナー層</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="2" name="グラフ 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E6E958D8-4B1A-5116-2920-859F24D0C19F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3910407272"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="4986504" y="2065016"/>
+          <a:ext cx="4572000" cy="2743200"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="3" name="グラフ 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B32DA59-5250-61EB-8A1F-724C9B9475A0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3384436361"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="248670" y="2066101"/>
+          <a:ext cx="4572000" cy="2743200"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3242440487"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="図 11"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="290633" y="1484785"/>
+            <a:ext cx="2505249" cy="2016224"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Box 2"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="344488" y="260648"/>
+            <a:ext cx="7561387" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>◆</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>７ ＣＯＬＯＲＳ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>　＜番組ＳＮＳ＞</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="テキスト ボックス 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EA54E4F6-1FB7-06FA-415F-67C42C400C4A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6160686" y="296736"/>
-            <a:ext cx="1830950" cy="369332"/>
+            <a:off x="200472" y="993512"/>
+            <a:ext cx="9080406" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" rtlCol="0">
+          <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>Sat</a:t>
+              <a:t>●番組</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>X</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" dirty="0">
-[...8 lines deleted...]
-                <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>：</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" dirty="0">
-[...1 lines deleted...]
-                <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>00-19:00</a:t>
+              <a:t>@zip_7_colors</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0">
-[...1 lines deleted...]
-              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>／約</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>9,400</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>人</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>			 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>　</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1600" i="0" dirty="0">
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="図 2" descr="人, 立つ, 女性, 探す が含まれている画像&#10;&#10;AI によって生成されたコンテンツは間違っている可能性があります。">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="13" name="図 12"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3" cstate="print">
-[...5 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6033120" y="1412776"/>
-            <a:ext cx="3278432" cy="2049020"/>
+            <a:off x="344488" y="3789040"/>
+            <a:ext cx="2451394" cy="2290383"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="14" name="図 13"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2864769" y="1484786"/>
+            <a:ext cx="2232248" cy="2763560"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="15" name="図 14"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2864769" y="4398725"/>
+            <a:ext cx="2158491" cy="1597488"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="図 15"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5180476" y="1484785"/>
+            <a:ext cx="2103369" cy="2621337"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="17" name="図 16"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5212179" y="4258841"/>
+            <a:ext cx="1952071" cy="2459275"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="18" name="図 17"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId9"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7453888" y="1484785"/>
+            <a:ext cx="2048207" cy="2763561"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="19" name="図 18"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId10"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7621733" y="4365104"/>
+            <a:ext cx="1880362" cy="2308719"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="298557482"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="113526076"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="図 8"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="593286" y="5845904"/>
+            <a:ext cx="8569341" cy="751315"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="図 6"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="599956" y="4960885"/>
+            <a:ext cx="8562671" cy="718546"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="図 5"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="577190" y="4096748"/>
+            <a:ext cx="8578549" cy="725793"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="図 4"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="577190" y="3217471"/>
+            <a:ext cx="8585437" cy="725914"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="図 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="593286" y="2310100"/>
+            <a:ext cx="8569341" cy="724553"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="図 1"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="593286" y="1438480"/>
+            <a:ext cx="8569341" cy="724553"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="テキスト ボックス 10"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="352279" y="935432"/>
+            <a:ext cx="9586513" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>●</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>radiko</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>全体のリスナーと比較して、「</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>7 COLORS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>」のリスナーのポイントが高いプロフィール</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text Box 2"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="344488" y="260648"/>
+            <a:ext cx="7561387" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>◆</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>７ ＣＯＬＯＲＳ　</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>＜リスナー・プロフィール＞</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1575353310"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="3" name="表 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2E3F44E5-4C69-1295-3282-B170C86F4EA5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3542351734"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="830541" y="1052736"/>
+          <a:ext cx="8244917" cy="3771854"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr bandRow="1">
+                <a:tableStyleId>{5DA37D80-6434-44D0-A028-1B22A696006F}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="1300475">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20000"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1222106">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20001"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="5722336">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20002"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="432048">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1400" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>START</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1400" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>END</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1400" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>コーナー・タイトル</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mj-ea"/>
+                        <a:ea typeface="+mj-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10000"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="265917">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>15:58</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>16:00</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>　</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>TIME</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>SIGNAL</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mn-ea"/>
+                        <a:ea typeface="+mn-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="48523257"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="243048">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>16:01</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mj-ea"/>
+                        <a:ea typeface="+mj-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>　</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>OPENER〜</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mn-ea"/>
+                        <a:ea typeface="+mn-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1301060703"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="265917">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>16:15</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>16:20</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>　</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>SEVEN PICKS</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mn-ea"/>
+                        <a:ea typeface="+mn-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2857538282"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="265917">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>16:42</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>16:47</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>　</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>NIGHTCAPE NAVIGATION</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mn-ea"/>
+                        <a:ea typeface="+mn-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2588004507"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="265917">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" u="none" strike="noStrike" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>16:58</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mj-ea"/>
+                        <a:ea typeface="+mj-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" u="none" strike="noStrike" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>17:00</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mj-ea"/>
+                        <a:ea typeface="+mj-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" u="none" strike="noStrike" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>　</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" u="none" strike="noStrike" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>TIME</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" u="none" strike="noStrike" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" u="none" strike="noStrike" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>SIGNAL</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mn-ea"/>
+                        <a:ea typeface="+mn-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="3118759039"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="265917">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>17:07</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>17:09</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>　</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>WEATHER</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>INFORMATION</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mn-ea"/>
+                        <a:ea typeface="+mn-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="991777197"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="265917">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>17:32</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>17:37</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>  Hi</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>！</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>My Cute</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mn-ea"/>
+                        <a:ea typeface="+mn-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1356546660"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="265917">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>18:01</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>18:06</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>  BOCCI de NIGHT</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="292952394"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="271797">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" u="none" strike="noStrike" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>18:28</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mj-ea"/>
+                        <a:ea typeface="+mj-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" u="none" strike="noStrike" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>18:30</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mj-ea"/>
+                        <a:ea typeface="+mj-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" u="none" strike="noStrike" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>　</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" u="none" strike="noStrike" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>HEADLINE NEWS</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2896402856"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="288032">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>18:30</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>18:32</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>　</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>TRAFFIC INFORMATION</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="587113704"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="216024">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>18:33</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>18:43</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="b" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>  </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>COOKING NANA</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mn-ea"/>
+                        <a:ea typeface="+mn-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1954755062"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="216024">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mj-ea"/>
+                          <a:ea typeface="+mj-ea"/>
+                        </a:rPr>
+                        <a:t>18:57</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mj-ea"/>
+                        <a:ea typeface="+mj-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>　</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>CLOSER〜</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mn-ea"/>
+                        <a:ea typeface="+mn-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1725600239"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="243462">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" u="none" strike="noStrike" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>18:58</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mj-ea"/>
+                        <a:ea typeface="+mj-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" u="none" strike="noStrike" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>19:00</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mj-ea"/>
+                        <a:ea typeface="+mj-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" u="none" strike="noStrike" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>　</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" u="none" strike="noStrike" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>TIME</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" u="none" strike="noStrike" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" u="none" strike="noStrike" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-ea"/>
+                          <a:ea typeface="+mn-ea"/>
+                        </a:rPr>
+                        <a:t>SIGNAL</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mn-ea"/>
+                        <a:ea typeface="+mn-ea"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="3723253930"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="テキスト ボックス 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CEBB8839-507D-D505-0304-799619A81B0E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6465168" y="322204"/>
+            <a:ext cx="1728192" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0"/>
+              <a:t>2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t>年</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0"/>
+              <a:t>10</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t>月現在</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Text Box 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EE6A649E-1475-E9BF-EFE8-46BB124FD9D1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="344489" y="260648"/>
+            <a:ext cx="4248472" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>◆</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>７ ＣＯＬＯＲＳ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>　＜タイムテーブル＞</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2991528772"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text Box 1805"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="200472" y="6229614"/>
+            <a:ext cx="8851151" cy="430887"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>※</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>特別番組などのため、放送時刻変更または放送休止になる場合があります。　</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1100" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>※</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>セールスの際は事前に営業部員までご確認をお願いいたします。</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="2" name="表 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A242C15B-1D18-1C78-AC8A-F9E37D93A031}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2496606551"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="200473" y="1772816"/>
+          <a:ext cx="9446976" cy="3600402"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{5DA37D80-6434-44D0-A028-1B22A696006F}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="1880866">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1324083320"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1647526">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2588230107"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="504055">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="3762226072"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="3096344">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="825621154"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="619033">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="3663100710"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1699152">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="3077981478"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="600067">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>番組タイトル</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>放送時間</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>尺</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>番組内容</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>ＣＭ総量</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>月額料金</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent5">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10000"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="600067">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>SEVEN PICKS</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>＜土曜日＞</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>16:15</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>16:20</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>分</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" dirty="0"/>
+                        <a:t>1</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0"/>
+                        <a:t>週間の </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" dirty="0"/>
+                        <a:t>"</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0"/>
+                        <a:t>気になったニュース</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" dirty="0"/>
+                        <a:t>"</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0"/>
+                        <a:t>を</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" dirty="0"/>
+                        <a:t>7</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0"/>
+                        <a:t>つピックアップして紹介するコーナー</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0"/>
+                        <a:t>20</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0"/>
+                        <a:t>秒</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="1200" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\500,000</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="1600" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t/>
+                      </a:r>
+                      <a:br>
+                        <a:rPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="1600" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>（W:\300,000/P：\200,000）</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1597444309"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="600067">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                        </a:rPr>
+                        <a:t>NIGHTSCAPE NAVIGATION</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                        </a:rPr>
+                        <a:t>＜土曜日＞</a:t>
+                      </a:r>
+                      <a:br>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                        </a:rPr>
+                        <a:t>16:42</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                        </a:rPr>
+                        <a:t>16:47</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                        </a:rPr>
+                        <a:t>分</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>週末の夜を彩る、東海地方の「夜景・星空スポット」を紹介するコーナー。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0"/>
+                        <a:t>20</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0"/>
+                        <a:t>秒</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="1200" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\500,000</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="1600" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t/>
+                      </a:r>
+                      <a:br>
+                        <a:rPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="1600" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>（W:\300,000/P：\200,000）</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="3225877693"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="600067">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Hi</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>！</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>My Cute</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>＜土曜日＞</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>17:32</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>17:37</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>分</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0"/>
+                        <a:t>たてごとアザラシの赤ちゃん「しろたん」を大好きなレディーナナが話題の「かわいいもの」を紹介します</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0"/>
+                        <a:t>20</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0"/>
+                        <a:t>秒</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="1200" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\500,000</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="1600" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t/>
+                      </a:r>
+                      <a:br>
+                        <a:rPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="1600" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>（W:\300,000/P：\200,000）</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="544231916"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="600067">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>BOCCI de NIGHT</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>＜土曜日＞</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>18:01</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>18:06</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>分</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0"/>
+                        <a:t>「おひとり様時間」が好きなぼっち上級者・レディーナナが「一人が好きな仲間（＝ぼっちーズ）に向けておすすめの「ぼっちスポット」を紹介するコーナー</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0"/>
+                        <a:t>20</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0"/>
+                        <a:t>秒</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="1200" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\500,000</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="1600" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t/>
+                      </a:r>
+                      <a:br>
+                        <a:rPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="1600" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>（W:\300,000/P：\200,000）</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1050198629"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="600067">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>COOKING NANA</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>＜土曜日＞</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>18:33</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>18:43</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>10</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>分</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0"/>
+                        <a:t>料理が苦手な「レディーナナ」が簡単レシピに挑戦して少しでも料理ができるようになろうとします</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" dirty="0"/>
+                        <a:t>40</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" dirty="0"/>
+                        <a:t>秒</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="1200" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>\850,000</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t/>
+                      </a:r>
+                      <a:br>
+                        <a:rPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>（W:\550,000/P：\300,000）</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="1" lang="pl-PL" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:uLnTx/>
+                        <a:uFillTx/>
+                        <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="6350" marR="6350" marT="6350" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="4205519100"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="テキスト ボックス 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AEEB9818-0293-1CB7-8394-8C9254006345}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7185248" y="6221968"/>
+            <a:ext cx="1944216" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" dirty="0"/>
+              <a:t>2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:t>年</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" dirty="0"/>
+              <a:t>10</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" dirty="0"/>
+              <a:t>月現在</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text Box 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9812D6B7-F18D-9849-592E-460A4190229F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="344488" y="260648"/>
+            <a:ext cx="7561387" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kumimoji="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>◆</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mj-ea"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>７ ＣＯＬＯＲＳ　＜</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+              </a:rPr>
+              <a:t>レギュラー番組ご提供企画＞</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="96108677"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="標準デザイン">
   <a:themeElements>
     <a:clrScheme name="ZIP COLOR1">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="797B84"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="D8D8D8"/>
       </a:lt2>
@@ -7008,85 +32253,100 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>143</Words>
+  <Words>1033</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>A4 210 x 297 mm</PresentationFormat>
-  <Paragraphs>17</Paragraphs>
-[...1 lines deleted...]
-  <Notes>1</Notes>
+  <Paragraphs>323</Paragraphs>
+  <Slides>10</Slides>
+  <Notes>8</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>使用されているフォント</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>テーマ</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>スライド タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
+    <vt:vector size="19" baseType="lpstr">
       <vt:lpstr>HGPｺﾞｼｯｸE</vt:lpstr>
+      <vt:lpstr>HGP創英角ｺﾞｼｯｸUB</vt:lpstr>
+      <vt:lpstr>HGｺﾞｼｯｸM</vt:lpstr>
+      <vt:lpstr>Meiryo UI</vt:lpstr>
       <vt:lpstr>ＭＳ Ｐゴシック</vt:lpstr>
+      <vt:lpstr>ＭＳ Ｐ明朝</vt:lpstr>
+      <vt:lpstr>MS UI Gothic</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>標準デザイン</vt:lpstr>
+      <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
+      <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
+      <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
+      <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
+      <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
+      <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
+      <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
+      <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
+      <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ZIP-FM</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>スライド 1</dc:title>
-  <dc:creator>pcfln168</dc:creator>
+  <dc:title>MUSIC DAY</dc:title>
+  <dc:subject>hiroyuki</dc:subject>
+  <dc:creator>hiroyuki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>