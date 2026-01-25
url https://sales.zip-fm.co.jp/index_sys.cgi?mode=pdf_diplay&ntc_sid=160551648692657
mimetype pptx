--- v1 (2025-12-08)
+++ v2 (2026-01-25)
@@ -1,115 +1,109 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/ppt/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/ppt/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/ppt/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" firstSlideNum="0" showSpecialPlsOnTitleSld="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId12"/>
+    <p:notesMasterId r:id="rId10"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId13"/>
+    <p:handoutMasterId r:id="rId11"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="461" r:id="rId2"/>
     <p:sldId id="484" r:id="rId3"/>
     <p:sldId id="504" r:id="rId4"/>
     <p:sldId id="498" r:id="rId5"/>
     <p:sldId id="503" r:id="rId6"/>
     <p:sldId id="483" r:id="rId7"/>
     <p:sldId id="505" r:id="rId8"/>
     <p:sldId id="506" r:id="rId9"/>
-    <p:sldId id="507" r:id="rId10"/>
-    <p:sldId id="508" r:id="rId11"/>
   </p:sldIdLst>
   <p:sldSz cx="9906000" cy="6858000" type="A4"/>
   <p:notesSz cx="9866313" cy="6735763"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ja-JP"/>
     </a:defPPr>
     <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
       <a:spcBef>
         <a:spcPct val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
       <a:defRPr kumimoji="1" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
       <a:spcBef>
@@ -207,52 +201,50 @@
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr kumimoji="1" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{521415D9-36F7-43E2-AB2F-B90AF26B5E84}">
       <p14:sectionLst xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
         <p14:section name="既定のセクション" id="{AEBAB5F9-3ECE-49B3-BB35-F73CC38A1EAB}">
           <p14:sldIdLst>
             <p14:sldId id="461"/>
             <p14:sldId id="484"/>
             <p14:sldId id="504"/>
             <p14:sldId id="498"/>
             <p14:sldId id="503"/>
             <p14:sldId id="483"/>
             <p14:sldId id="505"/>
             <p14:sldId id="506"/>
-            <p14:sldId id="507"/>
-            <p14:sldId id="508"/>
           </p14:sldIdLst>
         </p14:section>
       </p14:sectionLst>
     </p:ext>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" orient="horz" pos="4319">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="3" pos="3120">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
     <p:ext uri="{2D200454-40CA-4A62-9FC3-DE9A4176ACB9}">
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
@@ -1356,129 +1348,129 @@
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="14995" autoAdjust="0"/>
     <p:restoredTop sz="94280" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="119" d="100"/>
-          <a:sy n="119" d="100"/>
+          <a:sx n="70" d="100"/>
+          <a:sy n="70" d="100"/>
         </p:scale>
-        <p:origin x="1128" y="76"/>
+        <p:origin x="60" y="378"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide orient="horz" pos="4319"/>
         <p:guide pos="3120"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="75" d="100"/>
         <a:sy n="75" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="75" d="100"/>
         <a:sy n="75" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="91" d="100"/>
           <a:sy n="91" d="100"/>
         </p:scale>
         <p:origin x="1738" y="62"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2121"/>
         <p:guide pos="3107"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_______1.xlsx"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_______2.xlsx"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_______3.xlsx"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_______4.xlsx"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet3.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\s.ota\Downloads\&#26178;&#38291;&#21306;&#20998;&#38598;&#35336;&#65308;&#29305;&#24615;&#215;&#26178;&#38291;&#21306;&#20998;&#65310;_20250918_121056.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\s.ota\Downloads\&#26178;&#38291;&#21306;&#20998;&#38598;&#35336;&#65308;&#29305;&#24615;&#215;&#26178;&#38291;&#21306;&#20998;&#65310;_20250918_121056.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="ja-JP"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="9.5515445184736508E-2"/>
           <c:y val="5.8968133425296165E-2"/>
           <c:w val="0.79485593977444735"/>
           <c:h val="0.89026063100137176"/>
         </c:manualLayout>
       </c:layout>
@@ -1514,51 +1506,51 @@
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr sz="2495" b="1" i="0" u="none" strike="noStrike" baseline="0">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="MS UI Gothic"/>
           <a:ea typeface="MS UI Gothic"/>
           <a:cs typeface="MS UI Gothic"/>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="ja-JP"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="ja-JP"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="5.261433484152369E-2"/>
           <c:y val="3.6242967074733227E-2"/>
           <c:w val="0.931258972373186"/>
           <c:h val="0.90206192008814168"/>
         </c:manualLayout>
       </c:layout>
@@ -1659,51 +1651,51 @@
                 <c:pt idx="5">
                   <c:v>0.9</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>1.1000000000000001</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>0.9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0.9</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0.9</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0.7</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
-          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+          <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-51D1-4FB7-8F66-33C1D4F32126}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>FM AICHI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="3333FF"/>
               </a:solidFill>
               <a:prstDash val="sysDot"/>
@@ -1780,51 +1772,51 @@
                 <c:pt idx="5">
                   <c:v>0.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0.5</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0.5</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>0.3</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0.3</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0.2</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0.2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
-          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+          <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-51D1-4FB7-8F66-33C1D4F32126}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!#REF!</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>#REF!</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="24895">
               <a:solidFill>
                 <a:schemeClr val="bg2"/>
               </a:solidFill>
               <a:prstDash val="lgDashDot"/>
@@ -1853,88 +1845,88 @@
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="882" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:schemeClr val="tx2">
                           <a:lumMod val="65000"/>
                           <a:lumOff val="35000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="1"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
-              <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000003-51D1-4FB7-8F66-33C1D4F32126}"/>
                 </c:ext>
-                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr>
                     <a:solidFill>
                       <a:schemeClr val="tx2">
                         <a:lumMod val="65000"/>
                         <a:lumOff val="35000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="ja-JP"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:f>Sheet1!$A$2:$A$13</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>16:00</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>16:15</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>16:30</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>16:45</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>17:00</c:v>
                 </c:pt>
@@ -1953,51 +1945,51 @@
                 <c:pt idx="9">
                   <c:v>18:15</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>18:30</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>18:45</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!#REF!</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
-          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+          <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-51D1-4FB7-8F66-33C1D4F32126}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>ＣＢＣラジオ</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575">
               <a:solidFill>
                 <a:srgbClr val="FF9900"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
@@ -2074,51 +2066,51 @@
                 <c:pt idx="5">
                   <c:v>0.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0.4</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0.3</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>0.4</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0.4</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0.4</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0.4</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
-          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+          <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000006-51D1-4FB7-8F66-33C1D4F32126}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$E$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>東海ラジオ</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575">
               <a:solidFill>
                 <a:srgbClr val="009900"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
@@ -2195,51 +2187,51 @@
                 <c:pt idx="5">
                   <c:v>0.4</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0.3</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0.3</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>0.4</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0.4</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0.3</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0.3</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
-          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+          <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000008-51D1-4FB7-8F66-33C1D4F32126}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="-1730081232"/>
         <c:axId val="-1730084496"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="-1730081232"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:majorGridlines>
@@ -2362,51 +2354,51 @@
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr sz="1103" b="1" i="0" u="none" strike="noStrike" baseline="0">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="MS UI Gothic"/>
           <a:ea typeface="MS UI Gothic"/>
           <a:cs typeface="MS UI Gothic"/>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="ja-JP"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="ja-JP"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.24646784855280246"/>
           <c:y val="7.2998046023640666E-3"/>
           <c:w val="0.79485593977444735"/>
           <c:h val="0.89026063100137176"/>
         </c:manualLayout>
       </c:layout>
@@ -2425,156 +2417,156 @@
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="12700">
               <a:noFill/>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:explosion val="2"/>
           <c:dPt>
             <c:idx val="0"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FF5050"/>
               </a:solidFill>
               <a:ln w="12700">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000001-623E-44E9-8BCE-AA5A154A3BF3}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="1"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln w="12700">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000003-623E-44E9-8BCE-AA5A154A3BF3}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="2"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln w="12700">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000005-623E-44E9-8BCE-AA5A154A3BF3}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="3"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln w="12700">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000007-623E-44E9-8BCE-AA5A154A3BF3}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="4"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln w="12700">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000009-623E-44E9-8BCE-AA5A154A3BF3}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="5"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln w="12700">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{0000000B-623E-44E9-8BCE-AA5A154A3BF3}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="6"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln w="12700">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{0000000D-623E-44E9-8BCE-AA5A154A3BF3}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="7"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln w="12700">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{0000000F-623E-44E9-8BCE-AA5A154A3BF3}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:cat>
             <c:strRef>
               <c:f>Sheet1!$B$1:$H$1</c:f>
               <c:strCache>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
                   <c:v>ZIP-FM</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FM AICHI</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>NHK-FM</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>CBCラジオ</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>東海ラジオ</c:v>
                 </c:pt>
@@ -2595,51 +2587,51 @@
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
                   <c:v>33.5</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>18.8</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>13.4</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>14.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>1.4</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>4.3</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>13.9</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
-          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+          <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000010-623E-44E9-8BCE-AA5A154A3BF3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="0"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25352">
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="zero"/>
@@ -2653,51 +2645,51 @@
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr sz="2495" b="1" i="0" u="none" strike="noStrike" baseline="0">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="MS UI Gothic"/>
           <a:ea typeface="MS UI Gothic"/>
           <a:cs typeface="MS UI Gothic"/>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="ja-JP"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="ja-JP"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.29050439929521632"/>
           <c:y val="0.16913160586750256"/>
           <c:w val="0.66438356164383561"/>
           <c:h val="0.70545454545454545"/>
         </c:manualLayout>
       </c:layout>
@@ -2716,213 +2708,213 @@
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="FF99FF"/>
             </a:solidFill>
             <a:ln w="12670">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:explosion val="2"/>
           <c:dPt>
             <c:idx val="0"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25341">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000001-4EEF-4BC3-B66B-EBB48BC8E363}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="1"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FF9900"/>
               </a:solidFill>
               <a:ln w="12670">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000002-4EEF-4BC3-B66B-EBB48BC8E363}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="2"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="33CC33"/>
               </a:solidFill>
               <a:ln w="12670">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000003-4EEF-4BC3-B66B-EBB48BC8E363}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="3"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="00B0F0"/>
               </a:solidFill>
               <a:ln w="12670">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000004-4EEF-4BC3-B66B-EBB48BC8E363}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="4"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:ln w="12670">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000005-4EEF-4BC3-B66B-EBB48BC8E363}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="5"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:ln w="12670">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000006-4EEF-4BC3-B66B-EBB48BC8E363}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="6"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:ln w="12670">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000007-4EEF-4BC3-B66B-EBB48BC8E363}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="7"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:ln w="12670">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000008-4EEF-4BC3-B66B-EBB48BC8E363}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="0"/>
               <c:delete val="1"/>
-              <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000001-4EEF-4BC3-B66B-EBB48BC8E363}"/>
                 </c:ext>
-                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="0"/>
                   <c:y val="1.2195359066986836E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                         <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                         <a:cs typeface="MS UI Gothic"/>
                       </a:defRPr>
                     </a:pPr>
@@ -2957,63 +2949,63 @@
                           <a:cs typeface="MS UI Gothic"/>
                         </a:defRPr>
                       </a:pPr>
                       <a:t>[値]</a:t>
                     </a:fld>
                     <a:endParaRPr lang="ja-JP" altLang="en-US" sz="900" baseline="0" dirty="0"/>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:numFmt formatCode="0.0&quot;%&quot;" sourceLinked="0"/>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25341">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:separator>
 </c:separator>
-              <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
-[...2 lines deleted...]
-                </c:ext>
+              <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:layout>
                     <c:manualLayout>
                       <c:w val="0.27357257196014623"/>
                       <c:h val="0.18981709963703569"/>
                     </c:manualLayout>
                   </c15:layout>
                   <c15:dlblFieldTable/>
                   <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000002-4EEF-4BC3-B66B-EBB48BC8E363}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.2285869125159421E-2"/>
                   <c:y val="-2.8593371942010352E-7"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:lnSpc>
                         <a:spcPct val="80000"/>
                       </a:lnSpc>
                       <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
@@ -3070,63 +3062,63 @@
                       <a:t>[値]</a:t>
                     </a:fld>
                     <a:endParaRPr lang="ja-JP" altLang="en-US" sz="900" baseline="0" dirty="0">
                       <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                       <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                     </a:endParaRPr>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:numFmt formatCode="0.0&quot;%&quot;" sourceLinked="0"/>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25341">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:separator>
 </c:separator>
-              <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
-[...2 lines deleted...]
-                </c:ext>
+              <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:layout>
                     <c:manualLayout>
                       <c:w val="0.28709113794717694"/>
                       <c:h val="0.1536022183036079"/>
                     </c:manualLayout>
                   </c15:layout>
                   <c15:dlblFieldTable/>
                   <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000003-4EEF-4BC3-B66B-EBB48BC8E363}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="3"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.4432034513346558E-2"/>
                   <c:y val="-2.6595267110702606E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:lnSpc>
                         <a:spcPct val="80000"/>
                       </a:lnSpc>
                       <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
@@ -3183,63 +3175,63 @@
                       <a:t>[値]</a:t>
                     </a:fld>
                     <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" baseline="0" dirty="0">
                       <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                       <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                     </a:endParaRPr>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:numFmt formatCode="0.0&quot;%&quot;" sourceLinked="0"/>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25341">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:separator>
 </c:separator>
-              <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
-[...2 lines deleted...]
-                </c:ext>
+              <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:layout>
                     <c:manualLayout>
                       <c:w val="0.27306957236499951"/>
                       <c:h val="0.18487159002594564"/>
                     </c:manualLayout>
                   </c15:layout>
                   <c15:dlblFieldTable/>
                   <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000004-4EEF-4BC3-B66B-EBB48BC8E363}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="4"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.3499378318103772E-2"/>
                   <c:y val="2.3630134440316197E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                         <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                         <a:cs typeface="MS UI Gothic"/>
                       </a:defRPr>
@@ -3275,63 +3267,63 @@
                           <a:cs typeface="MS UI Gothic"/>
                         </a:defRPr>
                       </a:pPr>
                       <a:t>[値]</a:t>
                     </a:fld>
                     <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" baseline="0" dirty="0"/>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:numFmt formatCode="0.0&quot;%&quot;" sourceLinked="0"/>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25341">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:separator>
 </c:separator>
-              <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
-[...2 lines deleted...]
-                </c:ext>
+              <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:layout>
                     <c:manualLayout>
                       <c:w val="0.27121012872635308"/>
                       <c:h val="0.1878826310805119"/>
                     </c:manualLayout>
                   </c15:layout>
                   <c15:dlblFieldTable/>
                   <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000005-4EEF-4BC3-B66B-EBB48BC8E363}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="5"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-6.7742257246688024E-3"/>
                   <c:y val="-6.0705444235204506E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                         <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                         <a:cs typeface="MS UI Gothic"/>
                       </a:defRPr>
@@ -3367,63 +3359,63 @@
                           <a:cs typeface="MS UI Gothic"/>
                         </a:defRPr>
                       </a:pPr>
                       <a:t>[値]</a:t>
                     </a:fld>
                     <a:endParaRPr lang="ja-JP" altLang="en-US" sz="900" baseline="0" dirty="0"/>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:numFmt formatCode="0.0&quot;%&quot;" sourceLinked="0"/>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25341">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:separator>
 </c:separator>
-              <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
-[...2 lines deleted...]
-                </c:ext>
+              <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:layout>
                     <c:manualLayout>
                       <c:w val="0.29877109144511305"/>
                       <c:h val="0.18788247209143932"/>
                     </c:manualLayout>
                   </c15:layout>
                   <c15:dlblFieldTable/>
                   <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000006-4EEF-4BC3-B66B-EBB48BC8E363}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="6"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.2816274738959247E-3"/>
                   <c:y val="-7.2627609700306704E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                         <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                         <a:cs typeface="MS UI Gothic"/>
                       </a:defRPr>
@@ -3459,156 +3451,156 @@
                           <a:cs typeface="MS UI Gothic"/>
                         </a:defRPr>
                       </a:pPr>
                       <a:t>[値]</a:t>
                     </a:fld>
                     <a:endParaRPr lang="ja-JP" altLang="en-US" sz="900" baseline="0" dirty="0"/>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:numFmt formatCode="0.0&quot;%&quot;" sourceLinked="0"/>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25341">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:separator>
 </c:separator>
-              <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
-[...2 lines deleted...]
-                </c:ext>
+              <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:layout>
                     <c:manualLayout>
                       <c:w val="0.27905116033952204"/>
                       <c:h val="0.2261306820033889"/>
                     </c:manualLayout>
                   </c15:layout>
                   <c15:dlblFieldTable/>
                   <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000007-4EEF-4BC3-B66B-EBB48BC8E363}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="7"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="1.5085043676149304E-2"/>
                   <c:y val="-2.9375950751196471E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:fld id="{6DAD0E86-F914-4FDE-8ECC-0E3E87137B62}" type="CATEGORYNAME">
                       <a:rPr lang="ja-JP" altLang="en-US" sz="600"/>
                       <a:pPr/>
                       <a:t>[分類名]</a:t>
                     </a:fld>
                     <a:r>
                       <a:rPr lang="ja-JP" altLang="en-US" sz="700" baseline="0" dirty="0"/>
                       <a:t>
 </a:t>
                     </a:r>
                     <a:fld id="{ECE990ED-8110-4C55-8592-4D508E04816D}" type="VALUE">
                       <a:rPr lang="en-US" altLang="ja-JP" sz="700" baseline="0" smtClean="0"/>
                       <a:pPr/>
                       <a:t>[値]</a:t>
                     </a:fld>
                     <a:endParaRPr lang="ja-JP" altLang="en-US" sz="700" baseline="0" dirty="0"/>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
-              <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
-[...2 lines deleted...]
-                </c:ext>
+              <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:layout>
                     <c:manualLayout>
                       <c:w val="0.29109541363582292"/>
                       <c:h val="0.15557825233879485"/>
                     </c:manualLayout>
                   </c15:layout>
                   <c15:dlblFieldTable/>
                   <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000008-4EEF-4BC3-B66B-EBB48BC8E363}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:numFmt formatCode="0.0&quot;%&quot;" sourceLinked="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25341">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:txPr>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                     <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                     <a:cs typeface="MS UI Gothic"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="ja-JP"/>
               </a:p>
             </c:txPr>
             <c:dLblPos val="bestFit"/>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="1"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:separator>
 </c:separator>
             <c:showLeaderLines val="1"/>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:f>Sheet1!$B$1:$H$1</c:f>
               <c:strCache>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
                   <c:v>ZIP-FM</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>CBCラジオ</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>東海ラジオ</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>FM AICHI</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>NHK-FM</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>NHK第1</c:v>
@@ -3627,51 +3619,51 @@
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
                   <c:v>33.5</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>18.8</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>13.4</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>14.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>1.4</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>4.3</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>13.9</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
-          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+          <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000009-4EEF-4BC3-B66B-EBB48BC8E363}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="0"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25341">
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="zero"/>
@@ -3686,317 +3678,317 @@
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr sz="599" b="0" i="0" u="none" strike="noStrike" baseline="0">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="MS UI Gothic"/>
           <a:ea typeface="MS UI Gothic"/>
           <a:cs typeface="MS UI Gothic"/>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="ja-JP"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
   <c:userShapes r:id="rId2"/>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="ja-JP"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$A$2</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>#REF!</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:dPt>
             <c:idx val="0"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="99CCFF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000001-5754-4DE3-9E0E-DA2E9D886222}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="1"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="33CCFF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000003-5754-4DE3-9E0E-DA2E9D886222}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="2"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="0099FF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000005-5754-4DE3-9E0E-DA2E9D886222}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="3"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="3366FF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000007-5754-4DE3-9E0E-DA2E9D886222}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="4"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="0033CC"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000009-5754-4DE3-9E0E-DA2E9D886222}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="5"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="333399"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{0000000B-5754-4DE3-9E0E-DA2E9D886222}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="6"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FFCCFF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{0000000D-5754-4DE3-9E0E-DA2E9D886222}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="7"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FF99FF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{0000000F-5754-4DE3-9E0E-DA2E9D886222}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="8"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FF66FF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000011-5754-4DE3-9E0E-DA2E9D886222}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="9"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FF00FF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000013-5754-4DE3-9E0E-DA2E9D886222}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="10"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="CC00CC"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000015-5754-4DE3-9E0E-DA2E9D886222}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="11"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="660066"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000017-5754-4DE3-9E0E-DA2E9D886222}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:cat>
             <c:strRef>
               <c:f>Sheet1!$B$1:$M$1</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>男性 12～19才</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>男性 20～29才</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>男性 30～39才</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>男性 40～49才</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>男性 50～59才</c:v>
                 </c:pt>
@@ -4047,51 +4039,51 @@
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>8.6</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2.6</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>1.3</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>3.2</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>13.5</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>18.2</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>5</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
-          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+          <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000018-5754-4DE3-9E0E-DA2E9D886222}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="0"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
@@ -4100,169 +4092,169 @@
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="ja-JP"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart6.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="ja-JP"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:dPt>
             <c:idx val="0"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="338DB9"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000001-3300-471D-BC55-C8526CDBCDBF}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="1"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000003-3300-471D-BC55-C8526CDBCDBF}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:cat>
             <c:strRef>
               <c:f>Sheet1!$J$5:$K$5</c:f>
               <c:strCache>
                 <c:ptCount val="2"/>
                 <c:pt idx="0">
                   <c:v>男性</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>女性</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$J$6:$K$6</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="2"/>
                 <c:pt idx="0">
                   <c:v>56.2</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>43.8</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
-          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+          <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-3300-471D-BC55-C8526CDBCDBF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="0"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
-    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+    <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="ja-JP"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
@@ -6317,58 +6309,50 @@
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8194" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
@@ -7924,586 +7908,50 @@
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1"/>
             <a:endParaRPr lang="ja-JP" altLang="ja-JP">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2422221473"/>
-      </p:ext>
-[...534 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1005190913"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -9271,51 +8719,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="446088" y="7627938"/>
             <a:ext cx="2079625" cy="438150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{EC83580F-DBF0-42FB-A548-F3D5BBF22973}" type="datetime1">
               <a:rPr lang="zh-CN" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/11/10</a:t>
+              <a:t>2025/12/2</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-CN" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="页脚占位符 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3046413" y="7627938"/>
             <a:ext cx="2822575" cy="438150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -11667,109 +11115,101 @@
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr kumimoji="1" sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="図 6" descr="人, 立つ, 女性, 探す が含まれている画像&#10;&#10;AI によって生成されたコンテンツは間違っている可能性があります。">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7F7F742C-A296-B67A-AE9F-326A1851DF52}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F7F742C-A296-B67A-AE9F-326A1851DF52}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3225510" y="232499"/>
             <a:ext cx="3456000" cy="2160000"/>
           </a:xfrm>
@@ -11811,51 +11251,51 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="62215" tIns="31107" rIns="62215" bIns="31107" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1225" dirty="0">
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Box 1804">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{84BDA507-F692-4381-BDB4-D18A4AFFCAB4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84BDA507-F692-4381-BDB4-D18A4AFFCAB4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1021" y="4148275"/>
             <a:ext cx="9904979" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -12060,5220 +11500,82 @@
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>ＣＯＬＯＲＳ</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="ja-JP" sz="4000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="+mj-ea"/>
               <a:ea typeface="+mj-ea"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2906477017"/>
-      </p:ext>
-[...5136 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1213458115"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="図 5" descr="人, 立つ, 女性, 探す が含まれている画像&#10;&#10;AI によって生成されたコンテンツは間違っている可能性があります。">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7F7F742C-A296-B67A-AE9F-326A1851DF52}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F7F742C-A296-B67A-AE9F-326A1851DF52}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="467054" y="2706195"/>
             <a:ext cx="2515540" cy="1572213"/>
           </a:xfrm>
@@ -17719,51 +12021,51 @@
               </a:rPr>
               <a:t>軽やかに駆け抜ける</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:latin typeface="+mn-ea"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
               <a:t>3</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="+mn-ea"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
               <a:t>時間プログラム。</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="テキスト ボックス 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EA54E4F6-1FB7-06FA-415F-67C42C400C4A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA54E4F6-1FB7-06FA-415F-67C42C400C4A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="441787" y="4437112"/>
             <a:ext cx="9080406" cy="2308324"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
@@ -18043,51 +12345,51 @@
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>：</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>@ZIP_7_COLORS</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>／約</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="1400" smtClean="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1400">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>9,400</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>人</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
               <a:latin typeface="+mj-ea"/>
               <a:ea typeface="+mj-ea"/>
@@ -18141,86 +12443,86 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="図 8" descr="ポーズをとっている男&#10;&#10;AI によって生成されたコンテンツは間違っている可能性があります。">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A78899A1-FEC3-9DA6-5956-0A13A348CE0D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A78899A1-FEC3-9DA6-5956-0A13A348CE0D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="5235" t="3280" r="2881" b="50651"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6606925" y="1556792"/>
             <a:ext cx="3072000" cy="2304000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Text Box 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{90975E78-F2DF-4D32-BBE1-BD26788897D1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90975E78-F2DF-4D32-BBE1-BD26788897D1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="333480" y="1052736"/>
             <a:ext cx="7561387" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -18568,65 +12870,65 @@
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2522302448"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="416496" y="1558589"/>
           <a:ext cx="5976664" cy="3767882"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1494077">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20000"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1170219">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20001"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="3312368">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20002"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="360000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
                         <a:t>生年月日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
@@ -18765,51 +13067,51 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                   </a:tcPr>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10000"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="360000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPts val="1800"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
                         <a:t>出身地</a:t>
                       </a:r>
                     </a:p>
@@ -18916,51 +13218,51 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                   </a:tcPr>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10001"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="468000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPts val="1800"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
                         <a:t>趣味</a:t>
                       </a:r>
                     </a:p>
@@ -19098,51 +13400,51 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                   </a:tcPr>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10002"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="466257">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
                         <a:t>特技</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
@@ -19292,51 +13594,51 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                   </a:tcPr>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10003"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="1290002">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
@@ -19558,51 +13860,51 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                   </a:tcPr>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10005"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="432000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
@@ -19872,94 +14174,94 @@
                   <a:tcPr anchor="ctr">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnR>
                     <a:lnT w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnT>
                     <a:lnB w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10006"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="14" name="表 13"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1983084036"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="415266" y="5326471"/>
           <a:ext cx="5760640" cy="426720"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1512168">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20000"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="4248472">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20001"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="360000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
@@ -20150,51 +14452,51 @@
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10000"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="185231676"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
@@ -20370,51 +14672,51 @@
               </a:rPr>
               <a:t>◆</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>７ ＣＯＬＯＲＳ</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>　＜聴取率データ＞</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="44" name="正方形/長方形 43">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9E388C63-4378-4E41-AF6C-B9849C0C3A05}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E388C63-4378-4E41-AF6C-B9849C0C3A05}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="664734" y="1324691"/>
             <a:ext cx="8723118" cy="2546359"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFF99"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg2">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
@@ -20426,81 +14728,81 @@
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="47" name="FMGＺ右">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{26BA8FD9-F48F-4835-8BBA-C50F8BD07627}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26BA8FD9-F48F-4835-8BBA-C50F8BD07627}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2227005213"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5494241" y="1647994"/>
           <a:ext cx="2339176" cy="1871341"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="48" name="四角形: 角を丸くする 50">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9E91FE78-C287-41BF-8096-8F604C7B1697}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E91FE78-C287-41BF-8096-8F604C7B1697}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1785933" y="1071370"/>
             <a:ext cx="6480720" cy="448511"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="00B0F0"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg2">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
@@ -20536,51 +14838,51 @@
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2011096558"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5235503" y="1914534"/>
           <a:ext cx="3782159" cy="1785271"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="56" name="テキスト ボックス 55">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3F54C4F7-F523-4453-820C-5CB300F1005A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F54C4F7-F523-4453-820C-5CB300F1005A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1376679" y="1109676"/>
             <a:ext cx="7324528" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
@@ -20628,91 +14930,81 @@
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>歳～</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>49</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>歳＞</a:t>
-[...12 lines deleted...]
-              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0" smtClean="0">
+              <a:t>歳＞ターゲット聴取シェア</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>No.1</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>！</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="57" name="テキスト ボックス 56">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9050AB78-A415-4AAC-A48E-E1CEBBF08282}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9050AB78-A415-4AAC-A48E-E1CEBBF08282}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7644984" y="2050239"/>
             <a:ext cx="1107794" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
@@ -20721,71 +15013,71 @@
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>＜時間帯別聴取率＞</a:t>
             </a:r>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="60" name="グループ化 59">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6ED86225-032B-4C1C-ACF8-E33994A001D8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6ED86225-032B-4C1C-ACF8-E33994A001D8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="5494241" y="1590405"/>
             <a:ext cx="3515910" cy="300389"/>
             <a:chOff x="6174242" y="2091338"/>
             <a:chExt cx="3058156" cy="300389"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="61" name="テキスト ボックス 60">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EA51902D-47B3-4CAE-BDD8-1197F1E57BBC}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA51902D-47B3-4CAE-BDD8-1197F1E57BBC}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="6174242" y="2096440"/>
               <a:ext cx="729003" cy="272802"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none" rtlCol="0">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
                   <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
@@ -20811,325 +15103,325 @@
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
                   <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 </a:rPr>
                 <a:t>    </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
                   <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 </a:rPr>
                 <a:t>　　　</a:t>
               </a:r>
               <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
                 <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="62" name="直線コネクタ 61">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B4B59604-ABF2-4F3A-B55A-1460FD1D5ADB}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4B59604-ABF2-4F3A-B55A-1460FD1D5ADB}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="6925762" y="2335462"/>
               <a:ext cx="611457" cy="1107"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="FF9900"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="63" name="直線コネクタ 62">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{87C0C8F4-4A1C-439D-AF91-989257879DE5}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87C0C8F4-4A1C-439D-AF91-989257879DE5}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="6195403" y="2328142"/>
               <a:ext cx="611457" cy="1107"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:ln w="38100" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="64" name="直線コネクタ 63">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7199FE59-BE82-4ADC-9BDD-9C79B6B61B05}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7199FE59-BE82-4ADC-9BDD-9C79B6B61B05}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="7667573" y="2338223"/>
               <a:ext cx="611457" cy="1107"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="009900"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="65" name="直線コネクタ 64">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AAA1F4D4-E43E-4B5F-8AEC-68F619E4FE21}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AAA1F4D4-E43E-4B5F-8AEC-68F619E4FE21}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="8496643" y="2338577"/>
               <a:ext cx="611457" cy="1107"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:ln w="38100" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="3333FF"/>
               </a:solidFill>
               <a:prstDash val="sysDot"/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="66" name="テキスト ボックス 65">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AF20A621-78B1-48AB-9C04-7C3CB3CB4197}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF20A621-78B1-48AB-9C04-7C3CB3CB4197}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="6806860" y="2100760"/>
               <a:ext cx="866291" cy="272802"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none" rtlCol="0">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
                   <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 </a:rPr>
                 <a:t>ＣＢＣラジオ   </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
                   <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 </a:rPr>
                 <a:t>　　　</a:t>
               </a:r>
               <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
                 <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="67" name="テキスト ボックス 66">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7A5AEA37-1578-4C84-A52D-F501B36DE859}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A5AEA37-1578-4C84-A52D-F501B36DE859}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="7630352" y="2091338"/>
               <a:ext cx="866292" cy="272802"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none" rtlCol="0">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
                   <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 </a:rPr>
                 <a:t>東海ラジオ   </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
                   <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 </a:rPr>
                 <a:t>　　　</a:t>
               </a:r>
               <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
                 <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="68" name="テキスト ボックス 67">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{178D3A9D-2397-4F56-879C-4F30EE1B6184}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{178D3A9D-2397-4F56-879C-4F30EE1B6184}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="8361144" y="2096204"/>
               <a:ext cx="871254" cy="295523"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none" rtlCol="0">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
                   <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
@@ -21149,111 +15441,111 @@
                 <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="2" name="グループ化 1"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="1528830" y="1535678"/>
             <a:ext cx="2656507" cy="2397416"/>
             <a:chOff x="1756112" y="1817214"/>
             <a:chExt cx="2313995" cy="2016229"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:graphicFrame>
           <p:nvGraphicFramePr>
             <p:cNvPr id="75" name="全GＺ右">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F72B9D9E-41FE-4C14-B874-0C2B920B038A}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F72B9D9E-41FE-4C14-B874-0C2B920B038A}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="1"/>
             </p:cNvGraphicFramePr>
             <p:nvPr>
               <p:extLst>
                 <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                   <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3048807784"/>
                 </p:ext>
               </p:extLst>
             </p:nvPr>
           </p:nvGraphicFramePr>
           <p:xfrm>
             <a:off x="1756112" y="1961489"/>
             <a:ext cx="2224477" cy="1871954"/>
           </p:xfrm>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
               <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
             </a:graphicData>
           </a:graphic>
         </p:graphicFrame>
         <p:graphicFrame>
           <p:nvGraphicFramePr>
             <p:cNvPr id="76" name="全G他右">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{867B003C-7BDF-49BB-9EF7-5AB592B1E912}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{867B003C-7BDF-49BB-9EF7-5AB592B1E912}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="1"/>
             </p:cNvGraphicFramePr>
             <p:nvPr>
               <p:extLst>
                 <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                   <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2562370150"/>
                 </p:ext>
               </p:extLst>
             </p:nvPr>
           </p:nvGraphicFramePr>
           <p:xfrm>
             <a:off x="1766420" y="1817214"/>
             <a:ext cx="2084589" cy="1928252"/>
           </p:xfrm>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
               <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
             </a:graphicData>
           </a:graphic>
         </p:graphicFrame>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="77" name="WordArt 6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8FADFFB1-813D-481D-9ABF-21332EFAE2FB}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FADFFB1-813D-481D-9ABF-21332EFAE2FB}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr>
               <a:spLocks noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="3249815" y="2185688"/>
               <a:ext cx="642872" cy="228686"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst/>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
@@ -21288,51 +15580,51 @@
               </a:r>
               <a:endParaRPr lang="ja-JP" altLang="en-US" sz="2100" b="1" kern="10" spc="-105" dirty="0">
                 <a:ln w="12700">
                   <a:solidFill>
                     <a:schemeClr val="tx1"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="78" name="WordArt 6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{58F27D26-7B4E-4D67-861D-6E2E10E310C9}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58F27D26-7B4E-4D67-861D-6E2E10E310C9}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr>
               <a:spLocks/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="3496778" y="2554174"/>
               <a:ext cx="573329" cy="275200"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst/>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
@@ -21409,51 +15701,51 @@
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t>％</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="79" name="正方形/長方形 78">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FF62DEAC-889E-4260-BA33-8CBE52E4BD8B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF62DEAC-889E-4260-BA33-8CBE52E4BD8B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="663450" y="4307347"/>
             <a:ext cx="8723118" cy="2219490"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFF99"/>
           </a:solidFill>
           <a:ln w="25400">
             <a:solidFill>
               <a:schemeClr val="bg2">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
@@ -21468,71 +15760,71 @@
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US">
               <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="83" name="グループ化 82">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B6D0B568-F110-4B5C-A747-A707A9A0FA1E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B6D0B568-F110-4B5C-A747-A707A9A0FA1E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="1784648" y="4062328"/>
             <a:ext cx="6436043" cy="473889"/>
             <a:chOff x="1189685" y="4176045"/>
             <a:chExt cx="4269152" cy="473889"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="84" name="四角形: 角を丸くする 37">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{55CD28FF-9895-4222-94FC-685C914E11F9}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55CD28FF-9895-4222-94FC-685C914E11F9}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1197615" y="4176045"/>
               <a:ext cx="4261222" cy="473889"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FF9900"/>
             </a:solidFill>
             <a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </p:spPr>
@@ -21547,51 +15839,51 @@
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="85" name="テキスト ボックス 84">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{26FC4DD6-4406-4FD3-9C3E-B39B80762B3F}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26FC4DD6-4406-4FD3-9C3E-B39B80762B3F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1189685" y="4244231"/>
               <a:ext cx="4266727" cy="338554"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr" defTabSz="1043056" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
                 <a:spcBef>
                   <a:spcPts val="0"/>
@@ -22062,51 +16354,51 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" dirty="0">
                 <a:latin typeface="+mn-ea"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
               <a:t>人口換算すると</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" dirty="0">
                 <a:latin typeface="+mn-ea"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
               <a:t>…</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="96" name="テキスト ボックス 95">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C220D258-9AFE-78D4-4296-9628C160E883}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C220D258-9AFE-78D4-4296-9628C160E883}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="726306" y="6596789"/>
             <a:ext cx="8306636" cy="200055"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
@@ -22149,71 +16441,71 @@
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="654015584"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{ECDB3209-E3BF-F721-FB6C-173B9200106E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECDB3209-E3BF-F721-FB6C-173B9200106E}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Text Box 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BDB2BB2C-89DE-B736-26B3-7BACE0BC6600}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDB2BB2C-89DE-B736-26B3-7BACE0BC6600}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="344488" y="260648"/>
             <a:ext cx="7561387" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -22352,51 +16644,51 @@
               </a:rPr>
               <a:t>◆</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>７ ＣＯＬＯＲＳ</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>　＜聴取者構成＞</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="正方形/長方形 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AF067A62-A5B5-64C9-E78D-14BD1A52F7D7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF067A62-A5B5-64C9-E78D-14BD1A52F7D7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5025008" y="1966705"/>
             <a:ext cx="4536504" cy="4328326"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFF99"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg2">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
@@ -22408,51 +16700,51 @@
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="四角形: 角を丸くする 50">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{057CA13F-902C-5B45-1D54-3A98176E6267}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{057CA13F-902C-5B45-1D54-3A98176E6267}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5853742" y="1518193"/>
             <a:ext cx="2735019" cy="448511"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="00B0F0"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg2">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
@@ -22467,120 +16759,120 @@
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
               <a:t>男女年代別構成</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="14" name="表 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A9B40275-E912-0998-2106-7E9B97239588}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9B40275-E912-0998-2106-7E9B97239588}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1715312657"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5156482" y="5164413"/>
           <a:ext cx="4267200" cy="906780"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr/>
               <a:tblGrid>
                 <a:gridCol w="609600">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2712265113"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2712265113"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="609600">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="982957887"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="982957887"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="609600">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="689314784"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="689314784"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="609600">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="4116244407"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4116244407"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="609600">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="3848452236"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3848452236"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="609600">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="3428843892"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3428843892"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="609600">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1301916377"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1301916377"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="274320">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
                         <a:t>　</a:t>
                       </a:r>
                     </a:p>
@@ -23327,51 +17619,51 @@
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="333399"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2424355263"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2424355263"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="167640">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
                         <a:t>06:00</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
@@ -23763,51 +18055,51 @@
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="471739183"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="471739183"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="274320">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
                         <a:t>　</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
@@ -24564,51 +18856,51 @@
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="660066"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2114801994"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2114801994"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="175260">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
                         <a:t>06:00</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
@@ -25000,64 +19292,64 @@
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2390851049"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2390851049"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="正方形/長方形 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B12A4A6F-67D6-16CC-E94C-337E9107F378}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B12A4A6F-67D6-16CC-E94C-337E9107F378}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="347496" y="1966705"/>
             <a:ext cx="4536504" cy="4328326"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFF99"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg2">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
@@ -25069,51 +19361,51 @@
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="四角形: 角を丸くする 50">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{893C2775-9A32-DFE1-4685-D07EF85935EE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{893C2775-9A32-DFE1-4685-D07EF85935EE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1162978" y="1536651"/>
             <a:ext cx="2735019" cy="448511"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="00B0F0"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg2">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
@@ -25128,51 +19420,51 @@
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
               <a:t>男女比</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Text Box 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8EA14D40-520B-CD6B-56E6-BBCA45047C7E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8EA14D40-520B-CD6B-56E6-BBCA45047C7E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="482318" y="5263860"/>
             <a:ext cx="4267201" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -25388,51 +19680,51 @@
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>4.4</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>割が女性</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="テキスト ボックス 22">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9BBEA6EC-A328-7A9D-C673-C6F07EB071D7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BBEA6EC-A328-7A9D-C673-C6F07EB071D7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="726306" y="6497324"/>
             <a:ext cx="8306636" cy="200055"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
@@ -25459,51 +19751,51 @@
               <a:rPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>6</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>月度 </a:t>
             </a:r>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
               <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Text Box 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C147054E-9187-B291-0850-8FC9F9D90934}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C147054E-9187-B291-0850-8FC9F9D90934}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="344488" y="961941"/>
             <a:ext cx="7561387" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -25691,81 +19983,81 @@
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>12-69</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>歳男女のリスナー層</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="2" name="グラフ 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E6E958D8-4B1A-5116-2920-859F24D0C19F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6E958D8-4B1A-5116-2920-859F24D0C19F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3910407272"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="4986504" y="2065016"/>
           <a:ext cx="4572000" cy="2743200"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="3" name="グラフ 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B32DA59-5250-61EB-8A1F-724C9B9475A0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B32DA59-5250-61EB-8A1F-724C9B9475A0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3384436361"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="248670" y="2066101"/>
           <a:ext cx="4572000" cy="2743200"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
@@ -25982,51 +20274,51 @@
               </a:rPr>
               <a:t>◆</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>７ ＣＯＬＯＲＳ</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>　＜番組ＳＮＳ＞</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="テキスト ボックス 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EA54E4F6-1FB7-06FA-415F-67C42C400C4A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA54E4F6-1FB7-06FA-415F-67C42C400C4A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="200472" y="993512"/>
             <a:ext cx="9080406" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
@@ -26059,62 +20351,62 @@
               <a:t>X</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>：</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>@zip_7_colors</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>／約</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>9,400</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>人</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1600" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
@@ -26751,94 +21043,94 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="3" name="表 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2E3F44E5-4C69-1295-3282-B170C86F4EA5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E3F44E5-4C69-1295-3282-B170C86F4EA5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3542351734"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="830541" y="1052736"/>
           <a:ext cx="8244917" cy="3771854"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr bandRow="1">
                 <a:tableStyleId>{5DA37D80-6434-44D0-A028-1B22A696006F}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1300475">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20000"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1222106">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20001"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="5722336">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20002"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="432048">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1400" b="1" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="+mj-ea"/>
                           <a:ea typeface="+mj-ea"/>
                         </a:rPr>
                         <a:t>START</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
@@ -26889,51 +21181,51 @@
                           </a:solidFill>
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>コーナー・タイトル</a:t>
                       </a:r>
                       <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="+mj-ea"/>
                         <a:ea typeface="+mj-ea"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent5">
                         <a:lumMod val="75000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10000"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="265917">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="+mj-ea"/>
                           <a:ea typeface="+mj-ea"/>
                         </a:rPr>
                         <a:t>15:58</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
@@ -27000,51 +21292,51 @@
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
                         <a:t>SIGNAL</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="+mn-ea"/>
                         <a:ea typeface="+mn-ea"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="48523257"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="48523257"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="243048">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="+mj-ea"/>
                           <a:ea typeface="+mj-ea"/>
                         </a:rPr>
                         <a:t>16:01</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
@@ -27086,51 +21378,51 @@
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
                         <a:t>OPENER〜</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="+mn-ea"/>
                         <a:ea typeface="+mn-ea"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1301060703"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1301060703"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="265917">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="+mj-ea"/>
                           <a:ea typeface="+mj-ea"/>
                         </a:rPr>
                         <a:t>16:15</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
@@ -27175,51 +21467,51 @@
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
                         <a:t>SEVEN PICKS</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="+mn-ea"/>
                         <a:ea typeface="+mn-ea"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2857538282"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2857538282"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="265917">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="+mj-ea"/>
                           <a:ea typeface="+mj-ea"/>
                         </a:rPr>
                         <a:t>16:42</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
@@ -27264,51 +21556,51 @@
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
                         <a:t>NIGHTCAPE NAVIGATION</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="+mn-ea"/>
                         <a:ea typeface="+mn-ea"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2588004507"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2588004507"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="265917">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>16:58</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="1" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="+mj-ea"/>
                         <a:ea typeface="+mj-ea"/>
                       </a:endParaRPr>
                     </a:p>
@@ -27369,51 +21661,51 @@
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
                         <a:t>SIGNAL</a:t>
                       </a:r>
                       <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="+mn-ea"/>
                         <a:ea typeface="+mn-ea"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="3118759039"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3118759039"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="265917">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="+mj-ea"/>
                           <a:ea typeface="+mj-ea"/>
                         </a:rPr>
                         <a:t>17:07</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
@@ -27480,51 +21772,51 @@
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
                         <a:t>INFORMATION</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="+mn-ea"/>
                         <a:ea typeface="+mn-ea"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="991777197"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="991777197"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="265917">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="+mj-ea"/>
                           <a:ea typeface="+mj-ea"/>
                         </a:rPr>
                         <a:t>17:32</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
@@ -27614,51 +21906,51 @@
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
                         <a:t>My Cute</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="+mn-ea"/>
                         <a:ea typeface="+mn-ea"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1356546660"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1356546660"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="265917">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="+mj-ea"/>
                           <a:ea typeface="+mj-ea"/>
                         </a:rPr>
                         <a:t>18:01</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
@@ -27684,51 +21976,51 @@
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
                         <a:t>  BOCCI de NIGHT</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="292952394"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="292952394"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="271797">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>18:28</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="1" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="+mj-ea"/>
                         <a:ea typeface="+mj-ea"/>
                       </a:endParaRPr>
                     </a:p>
@@ -27765,51 +22057,51 @@
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
                         <a:t>　</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
                         <a:t>HEADLINE NEWS</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2896402856"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2896402856"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="288032">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="+mj-ea"/>
                           <a:ea typeface="+mj-ea"/>
                         </a:rPr>
                         <a:t>18:30</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
@@ -27846,51 +22138,51 @@
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
                         <a:t>　</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
                         <a:t>TRAFFIC INFORMATION</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="587113704"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="587113704"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="216024">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="+mj-ea"/>
                           <a:ea typeface="+mj-ea"/>
                         </a:rPr>
                         <a:t>18:33</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
@@ -27957,51 +22249,51 @@
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
                         <a:t>COOKING NANA</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="+mn-ea"/>
                         <a:ea typeface="+mn-ea"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1954755062"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1954755062"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="216024">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="+mj-ea"/>
                           <a:ea typeface="+mj-ea"/>
                         </a:rPr>
                         <a:t>18:57</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
@@ -28043,51 +22335,51 @@
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
                         <a:t>CLOSER〜</a:t>
                       </a:r>
                       <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="+mn-ea"/>
                         <a:ea typeface="+mn-ea"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1725600239"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1725600239"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="243462">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>18:58</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="1" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="+mj-ea"/>
                         <a:ea typeface="+mj-ea"/>
                       </a:endParaRPr>
                     </a:p>
@@ -28148,111 +22440,64 @@
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="+mn-ea"/>
                           <a:ea typeface="+mn-ea"/>
                         </a:rPr>
                         <a:t>SIGNAL</a:t>
                       </a:r>
                       <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="+mn-ea"/>
                         <a:ea typeface="+mn-ea"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="3723253930"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3723253930"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="テキスト ボックス 3">
-[...45 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="2" name="Text Box 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EE6A649E-1475-E9BF-EFE8-46BB124FD9D1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE6A649E-1475-E9BF-EFE8-46BB124FD9D1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="344489" y="260648"/>
             <a:ext cx="4248472" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -28390,2617 +22635,50 @@
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>◆</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>７ ＣＯＬＯＲＳ</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>　＜タイムテーブル＞</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2991528772"/>
-      </p:ext>
-[...2565 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="96108677"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="標準デザイン">
   <a:themeElements>
     <a:clrScheme name="ZIP COLOR1">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="797B84"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="D8D8D8"/>
       </a:lt2>
@@ -32253,94 +23931,90 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1033</Words>
+  <Words>751</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>A4 210 x 297 mm</PresentationFormat>
-  <Paragraphs>323</Paragraphs>
-[...1 lines deleted...]
-  <Notes>8</Notes>
+  <Paragraphs>161</Paragraphs>
+  <Slides>8</Slides>
+  <Notes>6</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>使用されているフォント</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>テーマ</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>スライド タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>10</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="19" baseType="lpstr">
+    <vt:vector size="15" baseType="lpstr">
       <vt:lpstr>HGPｺﾞｼｯｸE</vt:lpstr>
       <vt:lpstr>HGP創英角ｺﾞｼｯｸUB</vt:lpstr>
       <vt:lpstr>HGｺﾞｼｯｸM</vt:lpstr>
       <vt:lpstr>Meiryo UI</vt:lpstr>
       <vt:lpstr>ＭＳ Ｐゴシック</vt:lpstr>
-      <vt:lpstr>ＭＳ Ｐ明朝</vt:lpstr>
-      <vt:lpstr>MS UI Gothic</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>標準デザイン</vt:lpstr>
-      <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
-      <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ZIP-FM</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MUSIC DAY</dc:title>
   <dc:subject>hiroyuki</dc:subject>
   <dc:creator>hiroyuki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>