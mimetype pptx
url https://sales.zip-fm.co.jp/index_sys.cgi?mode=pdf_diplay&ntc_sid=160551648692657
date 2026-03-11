--- v2 (2026-01-25)
+++ v3 (2026-03-11)
@@ -23,55 +23,51 @@
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/ppt/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/ppt/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
-  <Override PartName="/ppt/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/ppt/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
-  <Override PartName="/ppt/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" firstSlideNum="0" showSpecialPlsOnTitleSld="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId10"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
     <p:handoutMasterId r:id="rId11"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="461" r:id="rId2"/>
@@ -1348,54 +1344,54 @@
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="14995" autoAdjust="0"/>
     <p:restoredTop sz="94280" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="70" d="100"/>
-          <a:sy n="70" d="100"/>
+          <a:sx n="110" d="100"/>
+          <a:sy n="110" d="100"/>
         </p:scale>
-        <p:origin x="60" y="378"/>
+        <p:origin x="1416" y="114"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide orient="horz" pos="4319"/>
         <p:guide pos="3120"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="75" d="100"/>
         <a:sy n="75" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="75" d="100"/>
         <a:sy n="75" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
@@ -1418,55 +1414,55 @@
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet3.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\s.ota\Downloads\&#26178;&#38291;&#21306;&#20998;&#38598;&#35336;&#65308;&#29305;&#24615;&#215;&#26178;&#38291;&#21306;&#20998;&#65310;_20250918_121056.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\k.suenaga\Downloads\processed_7colors&#26178;&#38291;&#21306;&#20998;&#38598;&#35336;&#65308;&#29305;&#24615;&#215;&#26178;&#38291;&#21306;&#20998;&#65310;_20260203_150350.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\s.ota\Downloads\&#26178;&#38291;&#21306;&#20998;&#38598;&#35336;&#65308;&#29305;&#24615;&#215;&#26178;&#38291;&#21306;&#20998;&#65310;_20250918_121056.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\k.suenaga\Downloads\&#24180;&#40802;&#24615;&#21029;&#32884;&#21462;&#29575;&#26089;&#35211;&#34920;_&#12464;&#12521;&#12501;&#20184;&#12365;&#23436;&#25104;&#29256;%20(2).xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="ja-JP"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="9.5515445184736508E-2"/>
           <c:y val="5.8968133425296165E-2"/>
@@ -1612,84 +1608,84 @@
                 <c:pt idx="7">
                   <c:v>17:45</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>18:00</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>18:15</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>18:30</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>18:45</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$B$13</c:f>
               <c:numCache>
                 <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>1</c:v>
+                  <c:v>1.5</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0.9</c:v>
+                  <c:v>1.1000000000000001</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>1.1000000000000001</c:v>
+                  <c:v>1.3</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>1.3</c:v>
+                  <c:v>1.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>1.1000000000000001</c:v>
+                  <c:v>1.8</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>0.9</c:v>
+                  <c:v>1.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>1</c:v>
+                  <c:v>1.4</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>1.1000000000000001</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>0.9</c:v>
+                  <c:v>1.2</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>0.9</c:v>
+                  <c:v>1.3</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>0.9</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>0.7</c:v>
+                  <c:v>0.8</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-51D1-4FB7-8F66-33C1D4F32126}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>FM AICHI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -1733,84 +1729,84 @@
                 <c:pt idx="7">
                   <c:v>17:45</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>18:00</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>18:15</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>18:30</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>18:45</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$C$2:$C$13</c:f>
               <c:numCache>
                 <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>0.6</c:v>
+                  <c:v>0.9</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0.4</c:v>
+                  <c:v>0.9</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0.5</c:v>
+                  <c:v>0.6</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0.6</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0.6</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>0.5</c:v>
+                  <c:v>0.4</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>0.5</c:v>
+                  <c:v>0.4</c:v>
                 </c:pt>
                 <c:pt idx="8">
+                  <c:v>0.4</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>0.4</c:v>
+                </c:pt>
+                <c:pt idx="10">
                   <c:v>0.3</c:v>
                 </c:pt>
-                <c:pt idx="9">
-[...4 lines deleted...]
-                </c:pt>
                 <c:pt idx="11">
-                  <c:v>0.2</c:v>
+                  <c:v>0.5</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-51D1-4FB7-8F66-33C1D4F32126}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!#REF!</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>#REF!</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -2027,81 +2023,81 @@
                 <c:pt idx="7">
                   <c:v>17:45</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>18:00</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>18:15</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>18:30</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>18:45</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$D$2:$D$13</c:f>
               <c:numCache>
                 <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>0.9</c:v>
+                  <c:v>0.6</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0.8</c:v>
+                  <c:v>0.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0.8</c:v>
+                  <c:v>0.5</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>0.7</c:v>
+                  <c:v>0.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>0.6</c:v>
+                  <c:v>0.4</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>0.4</c:v>
+                  <c:v>0.5</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>0.3</c:v>
+                  <c:v>0.5</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>0.4</c:v>
+                  <c:v>0.5</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>0.4</c:v>
+                  <c:v>0.5</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>0.4</c:v>
+                  <c:v>0.5</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>0.4</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000006-51D1-4FB7-8F66-33C1D4F32126}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$E$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>東海ラジオ</c:v>
                 </c:pt>
@@ -2148,84 +2144,84 @@
                 <c:pt idx="7">
                   <c:v>17:45</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>18:00</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>18:15</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>18:30</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>18:45</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$E$2:$E$13</c:f>
               <c:numCache>
                 <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>0.4</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0.4</c:v>
+                  <c:v>0.2</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0.5</c:v>
+                  <c:v>0.2</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>0.5</c:v>
+                  <c:v>0.2</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>0.5</c:v>
+                  <c:v>0.2</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>0.4</c:v>
+                  <c:v>0.2</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>0.3</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>0.3</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>0.4</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>0.4</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>0.3</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>0.3</c:v>
+                  <c:v>0.1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000008-51D1-4FB7-8F66-33C1D4F32126}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="-1730081232"/>
         <c:axId val="-1730084496"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="-1730081232"/>
@@ -2391,51 +2387,51 @@
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.24646784855280246"/>
           <c:y val="7.2998046023640666E-3"/>
           <c:w val="0.79485593977444735"/>
           <c:h val="0.89026063100137176"/>
         </c:manualLayout>
       </c:layout>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$A$2</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>07:00-24:00</c:v>
+                  <c:v>16:00-19:00</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="12700">
               <a:noFill/>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:explosion val="2"/>
           <c:dPt>
             <c:idx val="0"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FF5050"/>
               </a:solidFill>
               <a:ln w="12700">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
@@ -2537,96 +2533,96 @@
           </c:dPt>
           <c:dPt>
             <c:idx val="7"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln w="12700">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{0000000F-623E-44E9-8BCE-AA5A154A3BF3}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:cat>
             <c:strRef>
               <c:f>Sheet1!$B$1:$H$1</c:f>
               <c:strCache>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
                   <c:v>ZIP-FM</c:v>
                 </c:pt>
                 <c:pt idx="1">
+                  <c:v>CBCラジオ</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>東海ラジオ</c:v>
+                </c:pt>
+                <c:pt idx="3">
                   <c:v>FM AICHI</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>NHK-FM</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>東海ラジオ</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>NHK第1</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>その他の局</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$H$2</c:f>
               <c:numCache>
                 <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
-                  <c:v>33.5</c:v>
+                  <c:v>43.9</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>18.8</c:v>
+                  <c:v>16.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>13.4</c:v>
+                  <c:v>4.8</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>14.8</c:v>
+                  <c:v>18.5</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>1.4</c:v>
+                  <c:v>3.7</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>4.3</c:v>
+                  <c:v>3.4</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>13.9</c:v>
+                  <c:v>9.1999999999999993</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000010-623E-44E9-8BCE-AA5A154A3BF3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="0"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25352">
           <a:noFill/>
@@ -2682,51 +2678,51 @@
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.29050439929521632"/>
           <c:y val="0.16913160586750256"/>
           <c:w val="0.66438356164383561"/>
           <c:h val="0.70545454545454545"/>
         </c:manualLayout>
       </c:layout>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$A$2</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>07:00-24:00</c:v>
+                  <c:v>16:00-19:00</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="FF99FF"/>
             </a:solidFill>
             <a:ln w="12670">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:explosion val="2"/>
           <c:dPt>
             <c:idx val="0"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25341">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
@@ -3596,69 +3592,69 @@
                 <c:pt idx="2">
                   <c:v>東海ラジオ</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>FM AICHI</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>NHK-FM</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>NHK第1</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>その他の局</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$H$2</c:f>
               <c:numCache>
                 <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
-                  <c:v>33.5</c:v>
+                  <c:v>43.9</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>18.8</c:v>
+                  <c:v>16.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>13.4</c:v>
+                  <c:v>4.8</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>14.8</c:v>
+                  <c:v>18.5</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>1.4</c:v>
+                  <c:v>3.7</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>4.3</c:v>
+                  <c:v>3.4</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>13.9</c:v>
+                  <c:v>9.1999999999999886</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000009-4EEF-4BC3-B66B-EBB48BC8E363}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="0"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25341">
           <a:noFill/>
@@ -3681,1726 +3677,932 @@
     <a:p>
       <a:pPr>
         <a:defRPr sz="599" b="0" i="0" u="none" strike="noStrike" baseline="0">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="MS UI Gothic"/>
           <a:ea typeface="MS UI Gothic"/>
           <a:cs typeface="MS UI Gothic"/>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="ja-JP"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
   <c:userShapes r:id="rId2"/>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="ja-JP"/>
-  <c:roundedCorners val="0"/>
+  <c:roundedCorners val="1"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
-          <c:tx>
+          <c:spPr>
+            <a:ln>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
+          <c:dPt>
+            <c:idx val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="0070C0"/>
+              </a:solidFill>
+              <a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-AD2D-4F2D-8C0A-E0425085DFBC}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="1"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-AD2D-4F2D-8C0A-E0425085DFBC}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dLbls>
+            <c:dLbl>
+              <c:idx val="0"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-0.19362511574074073"/>
+                  <c:y val="-0.10934409722222223"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:tx>
+                <c:rich>
+                  <a:bodyPr/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:fld id="{B2E69B10-2CDD-4752-8DD5-F24E98E49515}" type="CATEGORYNAME">
+                      <a:rPr lang="ja-JP" altLang="en-US" smtClean="0"/>
+                      <a:pPr/>
+                      <a:t>[分類名]</a:t>
+                    </a:fld>
+                    <a:endParaRPr lang="ja-JP" altLang="en-US" baseline="0"/>
+                  </a:p>
+                  <a:p>
+                    <a:fld id="{45FC4C0A-2B84-420F-BD98-CD7161B39D84}" type="PERCENTAGE">
+                      <a:rPr lang="en-US" altLang="ja-JP" baseline="0" smtClean="0"/>
+                      <a:pPr/>
+                      <a:t>[パーセンテージ]</a:t>
+                    </a:fld>
+                    <a:endParaRPr lang="ja-JP" altLang="en-US"/>
+                  </a:p>
+                </c:rich>
+              </c:tx>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="1"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:dlblFieldTable/>
+                  <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000001-AD2D-4F2D-8C0A-E0425085DFBC}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="1"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="0.18342407407407407"/>
+                  <c:y val="5.8095833333333333E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:tx>
+                <c:rich>
+                  <a:bodyPr/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:fld id="{72C771A6-1440-4311-B034-CCB1145EF597}" type="CATEGORYNAME">
+                      <a:rPr lang="ja-JP" altLang="en-US" smtClean="0"/>
+                      <a:pPr/>
+                      <a:t>[分類名]</a:t>
+                    </a:fld>
+                    <a:endParaRPr lang="ja-JP" altLang="en-US" baseline="0" dirty="0"/>
+                  </a:p>
+                  <a:p>
+                    <a:fld id="{9BD8E761-3D09-491E-ACE5-039B7DE40B74}" type="PERCENTAGE">
+                      <a:rPr lang="en-US" altLang="ja-JP" baseline="0" smtClean="0"/>
+                      <a:pPr/>
+                      <a:t>[パーセンテージ]</a:t>
+                    </a:fld>
+                    <a:endParaRPr lang="ja-JP" altLang="en-US"/>
+                  </a:p>
+                </c:rich>
+              </c:tx>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="1"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:dlblFieldTable/>
+                  <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000003-AD2D-4F2D-8C0A-E0425085DFBC}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="1400" b="1">
+                    <a:solidFill>
+                      <a:srgbClr val="FFFFFF"/>
+                    </a:solidFill>
+                    <a:latin typeface="HGPｺﾞｼｯｸE"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:endParaRPr lang="ja-JP"/>
+              </a:p>
+            </c:txPr>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="0"/>
+            <c:showCatName val="1"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="1"/>
+            <c:showBubbleSize val="1"/>
+            <c:showLeaderLines val="1"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+            </c:extLst>
+          </c:dLbls>
+          <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2</c:f>
+              <c:f>'特性×時間区分 '!$O$21:$P$21</c:f>
               <c:strCache>
-                <c:ptCount val="1"/>
+                <c:ptCount val="2"/>
                 <c:pt idx="0">
-                  <c:v>#REF!</c:v>
+                  <c:v>男性</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>女性</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
-          </c:tx>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>'特性×時間区分 '!$O$22:$P$22</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="2"/>
+                <c:pt idx="0">
+                  <c:v>59.8</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>40.299999999999997</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000004-AD2D-4F2D-8C0A-E0425085DFBC}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="1"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="1"/>
+          <c:showBubbleSize val="1"/>
+          <c:showLeaderLines val="1"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="1"/>
+  </c:chart>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=ppt/charts/chart6.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="ja-JP"/>
+  <c:roundedCorners val="1"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:spPr>
+            <a:ln>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
           <c:dPt>
             <c:idx val="0"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="99CCFF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000001-5754-4DE3-9E0E-DA2E9D886222}"/>
+                <c16:uniqueId val="{00000001-35CE-4A30-BFA1-04862076BFD7}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="1"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="33CCFF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000003-5754-4DE3-9E0E-DA2E9D886222}"/>
+                <c16:uniqueId val="{00000003-35CE-4A30-BFA1-04862076BFD7}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="2"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="0099FF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000005-5754-4DE3-9E0E-DA2E9D886222}"/>
+                <c16:uniqueId val="{00000005-35CE-4A30-BFA1-04862076BFD7}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="3"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="3366FF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000007-5754-4DE3-9E0E-DA2E9D886222}"/>
+                <c16:uniqueId val="{00000007-35CE-4A30-BFA1-04862076BFD7}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="4"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="0033CC"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000009-5754-4DE3-9E0E-DA2E9D886222}"/>
+                <c16:uniqueId val="{00000009-35CE-4A30-BFA1-04862076BFD7}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="5"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="333399"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{0000000B-5754-4DE3-9E0E-DA2E9D886222}"/>
+                <c16:uniqueId val="{0000000B-35CE-4A30-BFA1-04862076BFD7}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="6"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FFCCFF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{0000000D-5754-4DE3-9E0E-DA2E9D886222}"/>
+                <c16:uniqueId val="{0000000D-35CE-4A30-BFA1-04862076BFD7}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="7"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FF99FF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{0000000F-5754-4DE3-9E0E-DA2E9D886222}"/>
+                <c16:uniqueId val="{0000000F-35CE-4A30-BFA1-04862076BFD7}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="8"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FF66FF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000011-5754-4DE3-9E0E-DA2E9D886222}"/>
+                <c16:uniqueId val="{00000011-35CE-4A30-BFA1-04862076BFD7}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="9"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FF00FF"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000013-5754-4DE3-9E0E-DA2E9D886222}"/>
+                <c16:uniqueId val="{00000013-35CE-4A30-BFA1-04862076BFD7}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="10"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="CC00CC"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000015-5754-4DE3-9E0E-DA2E9D886222}"/>
+                <c16:uniqueId val="{00000015-35CE-4A30-BFA1-04862076BFD7}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="11"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="660066"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
-                </a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000017-35CE-4A30-BFA1-04862076BFD7}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dLbls>
+            <c:dLbl>
+              <c:idx val="0"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="1.8136805555555503E-2"/>
+                  <c:y val="1.1024305555555555E-3"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="1"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000001-35CE-4A30-BFA1-04862076BFD7}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="1"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="0.16013287037037038"/>
+                  <c:y val="7.1657986111111113E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="1"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000003-35CE-4A30-BFA1-04862076BFD7}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="2"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="7.1481018518518513E-2"/>
+                  <c:y val="0.19534131944444444"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="1"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000005-35CE-4A30-BFA1-04862076BFD7}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="3"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="9.0657407407407405E-3"/>
+                  <c:y val="-3.9803125000000002E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="1"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000007-35CE-4A30-BFA1-04862076BFD7}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="4"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="0.10326921296296296"/>
+                  <c:y val="-1.361111111111111E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="1"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000009-35CE-4A30-BFA1-04862076BFD7}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="5"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="7.2494212962962962E-2"/>
+                  <c:y val="5.3364583333333337E-3"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="1"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{0000000B-35CE-4A30-BFA1-04862076BFD7}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="8"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-5.0454629629629627E-2"/>
+                  <c:y val="-1.9770138888888889E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="1"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000011-35CE-4A30-BFA1-04862076BFD7}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="9"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-3.5462962962962961E-3"/>
+                  <c:y val="-1.9124652777777779E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="1"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000013-35CE-4A30-BFA1-04862076BFD7}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="10"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-3.7147453703703703E-2"/>
+                  <c:y val="6.076388888888889E-4"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="1"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000015-35CE-4A30-BFA1-04862076BFD7}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="11"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-3.107326388888889E-2"/>
+                  <c:y val="2.6458333333333334E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="1"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000017-35CE-4A30-BFA1-04862076BFD7}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
+            <c:txPr>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="900">
+                    <a:latin typeface="HGPｺﾞｼｯｸE 本文"/>
+                    <a:ea typeface="HGPｺﾞｼｯｸE 本文"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:endParaRPr lang="ja-JP"/>
+              </a:p>
+            </c:txPr>
+            <c:dLblPos val="bestFit"/>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="0"/>
+            <c:showCatName val="1"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="1"/>
+            <c:showBubbleSize val="1"/>
+            <c:showLeaderLines val="1"/>
             <c:extLst>
-              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-[...1 lines deleted...]
-              </c:ext>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
             </c:extLst>
-          </c:dPt>
+          </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:f>Sheet1!$B$1:$M$1</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>男性 12～19才</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>男性 20～29才</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>男性 30～39才</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>男性 40～49才</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>男性 50～59才</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>男性 60～69才</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>女性 12～19才</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>女性 20～29才</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>女性 30～39才</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>女性 40～49才</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>女性 50～59才</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>女性 60～69才</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$M$2</c:f>
               <c:numCache>
-                <c:formatCode>0.0;\-0.0;"*"</c:formatCode>
+                <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>3.1</c:v>
+                  <c:v>2.4</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>4.9000000000000004</c:v>
+                  <c:v>1.7</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>7.1</c:v>
+                  <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>12</c:v>
+                  <c:v>31.2</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>20.5</c:v>
+                  <c:v>12.1</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>8.6</c:v>
+                  <c:v>5.4</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>2.6</c:v>
+                  <c:v>3.3</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>1.3</c:v>
+                  <c:v>2.9</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>3.2</c:v>
+                  <c:v>7.3</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>13.5</c:v>
+                  <c:v>8.5</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>18.2</c:v>
+                  <c:v>9.9</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>5</c:v>
+                  <c:v>8.4</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000018-5754-4DE3-9E0E-DA2E9D886222}"/>
+              <c16:uniqueId val="{00000018-35CE-4A30-BFA1-04862076BFD7}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
+          <c:dLblPos val="bestFit"/>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
-          <c:showCatName val="0"/>
+          <c:showCatName val="1"/>
           <c:showSerName val="0"/>
-          <c:showPercent val="0"/>
-          <c:showBubbleSize val="0"/>
+          <c:showPercent val="1"/>
+          <c:showBubbleSize val="1"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="0"/>
       </c:pieChart>
-      <c:spPr>
-[...5 lines deleted...]
-      </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
-    <c:showDLblsOverMax val="0"/>
+    <c:showDLblsOverMax val="1"/>
   </c:chart>
-  <c:spPr>
-[...16 lines deleted...]
-  <c:externalData r:id="rId3">
+  <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
-</file>
-[...1266 lines deleted...]
-</cs:chartStyle>
 </file>
 
 <file path=ppt/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.52861</cdr:x>
       <cdr:y>0.36634</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.76811</cdr:x>
       <cdr:y>0.62311</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="2" name="Oval 13"/>
         <cdr:cNvSpPr>
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="991007" y="640602"/>
           <a:ext cx="449003" cy="449003"/>
         </a:xfrm>
@@ -8719,51 +7921,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="446088" y="7627938"/>
             <a:ext cx="2079625" cy="438150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{EC83580F-DBF0-42FB-A548-F3D5BBF22973}" type="datetime1">
               <a:rPr lang="zh-CN" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>2025/12/2</a:t>
+              <a:t>2026/2/6</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-CN" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="页脚占位符 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3046413" y="7627938"/>
             <a:ext cx="2822575" cy="438150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -12858,51 +12060,51 @@
               <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>　＜ナビゲーター・プロフィール＞</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="10" name="表 9"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2522302448"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="416496" y="1558589"/>
-          <a:ext cx="5976664" cy="3767882"/>
+          <a:ext cx="5976664" cy="3700700"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1494077">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1170219">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="3312368">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
@@ -14818,51 +14020,51 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="51" name="折れ線Ｇ"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2011096558"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2005141517"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5235503" y="1914534"/>
           <a:ext cx="3782159" cy="1785271"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="56" name="テキスト ボックス 55">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F54C4F7-F523-4453-820C-5CB300F1005A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
@@ -15430,102 +14632,102 @@
                 <a:t>ＦＭ ＡＩＣＨＩ    </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
                   <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 </a:rPr>
                 <a:t>　　　</a:t>
               </a:r>
               <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" dirty="0">
                 <a:latin typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGP創英角ｺﾞｼｯｸUB" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="2" name="グループ化 1"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="1528830" y="1535678"/>
-[...2 lines deleted...]
-            <a:chExt cx="2313995" cy="2016229"/>
+            <a:off x="1540664" y="1535678"/>
+            <a:ext cx="2644673" cy="2384423"/>
+            <a:chOff x="1766420" y="1817214"/>
+            <a:chExt cx="2303687" cy="2005302"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:graphicFrame>
           <p:nvGraphicFramePr>
             <p:cNvPr id="75" name="全GＺ右">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F72B9D9E-41FE-4C14-B874-0C2B920B038A}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="1"/>
             </p:cNvGraphicFramePr>
             <p:nvPr>
               <p:extLst>
                 <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                  <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3048807784"/>
+                  <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="269129501"/>
                 </p:ext>
               </p:extLst>
             </p:nvPr>
           </p:nvGraphicFramePr>
           <p:xfrm>
-            <a:off x="1756112" y="1961489"/>
+            <a:off x="1779028" y="1950562"/>
             <a:ext cx="2224477" cy="1871954"/>
           </p:xfrm>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
               <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
             </a:graphicData>
           </a:graphic>
         </p:graphicFrame>
         <p:graphicFrame>
           <p:nvGraphicFramePr>
             <p:cNvPr id="76" name="全G他右">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{867B003C-7BDF-49BB-9EF7-5AB592B1E912}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="1"/>
             </p:cNvGraphicFramePr>
             <p:nvPr>
               <p:extLst>
                 <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                  <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2562370150"/>
+                  <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="904571283"/>
                 </p:ext>
               </p:extLst>
             </p:nvPr>
           </p:nvGraphicFramePr>
           <p:xfrm>
             <a:off x="1766420" y="1817214"/>
             <a:ext cx="2084589" cy="1928252"/>
           </p:xfrm>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
               <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
             </a:graphicData>
           </a:graphic>
         </p:graphicFrame>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="77" name="WordArt 6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FADFFB1-813D-481D-9ABF-21332EFAE2FB}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr>
               <a:spLocks noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
@@ -15617,124 +14819,67 @@
               <a:ext cx="573329" cy="275200"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst/>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none" fromWordArt="1">
               <a:prstTxWarp prst="textPlain">
                 <a:avLst>
                   <a:gd name="adj" fmla="val 50000"/>
                 </a:avLst>
               </a:prstTxWarp>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="dist"/>
               <a:r>
-                <a:rPr lang="en-US" altLang="ja-JP" sz="2100" b="1" kern="10" spc="-105" dirty="0">
-[...55 lines deleted...]
-              <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="2100" b="1" kern="10" spc="-105" dirty="0">
                   <a:ln w="12700">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>％</a:t>
+                <a:t>４３．９％</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="79" name="正方形/長方形 78">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF62DEAC-889E-4260-BA33-8CBE52E4BD8B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="663450" y="4307347"/>
             <a:ext cx="8723118" cy="2219490"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -15929,88 +15074,88 @@
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 </a:rPr>
                 <a:t>1</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 </a:rPr>
                 <a:t>週間で</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="en-US" altLang="ja-JP" sz="1600">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 </a:rPr>
-                <a:t>41</a:t>
+                <a:t>36</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1600">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 </a:rPr>
                 <a:t>万人</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 </a:rPr>
                 <a:t>に聴かれています！</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92" name="テキスト ボックス 17"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1665384" y="4739075"/>
-            <a:ext cx="5187639" cy="338554"/>
+            <a:ext cx="5320687" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -16069,51 +15214,51 @@
               <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
                 <a:latin typeface="+mn-ea"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
               <a:t>到達率</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
                 <a:latin typeface="+mn-ea"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
                 <a:latin typeface="+mn-ea"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
               <a:t>・・・</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1600" b="1" u="sng" dirty="0">
                 <a:latin typeface="+mn-ea"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
-              <a:t>4.1%</a:t>
+              <a:t>3.6%</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="93" name="テキスト ボックス 19"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3751675" y="6007583"/>
             <a:ext cx="3504486" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
@@ -16199,106 +15344,116 @@
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="+mn-ea"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
               <a:t>才</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1200" dirty="0">
               <a:latin typeface="+mn-ea"/>
               <a:ea typeface="+mn-ea"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="94" name="テキスト ボックス 18"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3749946" y="5238142"/>
-            <a:ext cx="4312399" cy="769441"/>
+            <a:off x="3693841" y="5238142"/>
+            <a:ext cx="4424609" cy="769441"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="4400" b="1" dirty="0">
+              <a:rPr lang="en-US" altLang="ja-JP" sz="4400" b="1">
                 <a:solidFill>
                   <a:srgbClr val="EA6431"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-ea"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
-              <a:t>41</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ja-JP" altLang="en-US" sz="4400" b="1" dirty="0">
+              <a:t>36</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="4400" b="1">
                 <a:solidFill>
                   <a:srgbClr val="EA6431"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-ea"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
-              <a:t>万人／</a:t>
+              <a:t>万人</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="4400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EA6431"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-ea"/>
+                <a:ea typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>／</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="EA6431"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-ea"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
               <a:t>1,000</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="EA6431"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-ea"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
               <a:t>万人</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="ja-JP" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="EA6431"/>
               </a:solidFill>
@@ -16400,55 +15555,55 @@
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>株式会社ビデオリサーチ調べ　中京圏ラジオ調査 </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="700" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>2025</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>年</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="700" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>6</a:t>
+              <a:t>12</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>月度 </a:t>
             </a:r>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
               <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="654015584"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
@@ -16766,75 +15921,69 @@
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
               <a:t>男女年代別構成</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="14" name="表 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9B40275-E912-0998-2106-7E9B97239588}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
-          <p:nvPr>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5156482" y="5164413"/>
           <a:ext cx="4267200" cy="906780"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr/>
               <a:tblGrid>
-                <a:gridCol w="609600">
+                <a:gridCol w="660614">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2712265113"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="609600">
+                <a:gridCol w="558586">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="982957887"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="609600">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="689314784"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="609600">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4116244407"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="609600">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3848452236"/>
                     </a:ext>
@@ -17641,421 +16790,433 @@
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2424355263"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="167640">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>06:00</a:t>
+                        <a:t>16:00-19:00</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:pPr algn="ctr" fontAlgn="b">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>3.1</a:t>
+                        <a:t>2.4</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:pPr algn="ctr" fontAlgn="b">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>4.9</a:t>
+                        <a:t>1.7</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:pPr algn="ctr" fontAlgn="b">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>7.1</a:t>
+                        <a:t>7</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:pPr algn="ctr" fontAlgn="b">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>12.0</a:t>
+                        <a:t>31.2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:pPr algn="ctr" fontAlgn="b">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>20.5</a:t>
+                        <a:t>12.1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:pPr algn="ctr" fontAlgn="b">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>8.6</a:t>
+                        <a:t>5.4</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -18866,433 +18027,459 @@
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="660066"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2114801994"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="175260">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
                         <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>06:00</a:t>
+                        <a:t>16:00-19:00</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:pPr algn="ctr" fontAlgn="b">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>2.6</a:t>
+                        <a:t>3.3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:pPr algn="ctr" fontAlgn="b">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>1.3</a:t>
+                        <a:t>2.9</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:pPr algn="ctr" fontAlgn="b">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>3.2</a:t>
+                        <a:t>7.3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:pPr algn="ctr" fontAlgn="b">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>13.5</a:t>
+                        <a:t>8.5</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:pPr algn="ctr" fontAlgn="b">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>18.2</a:t>
+                        <a:t>9.9</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:pPr algn="ctr" fontAlgn="b">
+                        <a:buNone/>
+                      </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="900" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                           <a:ea typeface="HGｺﾞｼｯｸM" panose="020B0609000000000000" pitchFamily="49" charset="-128"/>
                         </a:rPr>
-                        <a:t>5.0</a:t>
+                        <a:t>8.4</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr">
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="dot"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -19620,101 +18807,101 @@
             <a:endParaRPr lang="en-US" altLang="ja-JP" sz="2000" dirty="0">
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mj-ea"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>約</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
-              <a:t>5.6</a:t>
+              <a:t>60%</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
-              <a:t>割が男性</a:t>
+              <a:t>が男性</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>約</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
-              <a:t>4.4</a:t>
+              <a:t>40%</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
-              <a:t>割が女性</a:t>
+              <a:t>が女性</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="テキスト ボックス 22">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BBEA6EC-A328-7A9D-C673-C6F07EB071D7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="726306" y="6497324"/>
             <a:ext cx="8306636" cy="200055"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
@@ -19726,55 +18913,55 @@
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>株式会社ビデオリサーチ調べ　中京圏ラジオ調査 </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="700" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>2025</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>年</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="700" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>6</a:t>
+              <a:t>12</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
                 <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>月度 </a:t>
             </a:r>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="700" dirty="0">
               <a:latin typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="HGPｺﾞｼｯｸE" panose="020B0900000000000000" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Text Box 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C147054E-9187-B291-0850-8FC9F9D90934}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
@@ -19980,101 +19167,95 @@
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1600" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>12-69</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1600" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-ea"/>
                 <a:ea typeface="+mj-ea"/>
               </a:rPr>
               <a:t>歳男女のリスナー層</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="2" name="グラフ 1">
+          <p:cNvPr id="5" name="Chart 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6E958D8-4B1A-5116-2920-859F24D0C19F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr/>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="488984" y="1989000"/>
+          <a:ext cx="4320000" cy="2880000"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="8" name="Chart 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3910407272"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1301723231"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="4986504" y="2065016"/>
-[...30 lines deleted...]
-          <a:ext cx="4572000" cy="2743200"/>
+          <a:off x="5097016" y="1989000"/>
+          <a:ext cx="4320000" cy="2880000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3242440487"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
@@ -23931,54 +23112,54 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>751</Words>
+  <Words>783</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>A4 210 x 297 mm</PresentationFormat>
-  <Paragraphs>161</Paragraphs>
+  <Paragraphs>175</Paragraphs>
   <Slides>8</Slides>
   <Notes>6</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>使用されているフォント</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>テーマ</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>スライド タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>